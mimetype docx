--- v0 (2025-10-09)
+++ v1 (2025-12-20)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="52553CBD" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="00C66E0B" w:rsidRDefault="00CC59C0" w:rsidP="00890CF0">
       <w:pPr>
         <w:pStyle w:val="CF-CapaeFolhadeRosto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc302641971"/>
       <w:r w:rsidRPr="00C66E0B">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>UNIVERSIDADE TECNOLÓGICA FEDERAL DO PARANÁ</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="2B07F07C" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRDefault="00CC59C0" w:rsidP="00890CF0">
       <w:pPr>
         <w:pStyle w:val="CF-CapaeFolhadeRosto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
@@ -2228,50 +2229,58 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A Secretaria </w:t>
       </w:r>
       <w:r w:rsidR="00335591">
         <w:t>do Curso</w:t>
       </w:r>
       <w:r>
         <w:t>, pela cooperação.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09801626" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRDefault="00CC59C0" w:rsidP="00BB2224">
       <w:pPr>
         <w:pStyle w:val="TextodoTrabalho"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Gostaria de deixar registrado também, o meu reconhecimento à minha família, pois acredito que sem o apoio deles seria muito difícil vencer esse desafio. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11DE6F59" w14:textId="77777777" w:rsidR="00AA5E30" w:rsidRDefault="00AA5E30" w:rsidP="00AA5E30">
       <w:pPr>
         <w:pStyle w:val="TextodoTrabalho"/>
       </w:pPr>
       <w:r>
         <w:t>Enfim, a todos os que por algum motivo contribuíram para a realização desta pesquisa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14AC8E88" w14:textId="798DAB51" w:rsidR="000545A4" w:rsidRPr="000545A4" w:rsidRDefault="000545A4" w:rsidP="00AA5E30">
+      <w:pPr>
+        <w:pStyle w:val="TextodoTrabalho"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000545A4">
+        <w:t>“O presente trabalho foi realizado com apoio da Coordenação de Aperfeiçoamento de Pessoal de Nível Superior – Brasil (CAPES) – Código de Financiamento 001”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D625E02" w14:textId="77777777" w:rsidR="007F2620" w:rsidRDefault="007F2620" w:rsidP="00AA5E30">
       <w:pPr>
         <w:pStyle w:val="TextodoTrabalho"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61BD40CD" w14:textId="77777777" w:rsidR="007F2620" w:rsidRPr="00E0131B" w:rsidRDefault="007F2620" w:rsidP="00E0131B">
       <w:pPr>
         <w:pStyle w:val="TextodoTrabalho"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0131B">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Espaço destinado aos agradecimentos (</w:t>
@@ -3496,481 +3505,481 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="000F4CF7">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="000F4CF7">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r w:rsidR="000F4CF7">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20F8EFBB" w14:textId="77777777" w:rsidR="000F4CF7" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="20F8EFBB" w14:textId="77777777" w:rsidR="000F4CF7" w:rsidRDefault="000F4CF7">
       <w:pPr>
         <w:pStyle w:val="ndicedeilustraes"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622302" w:history="1">
-        <w:r w:rsidR="000F4CF7" w:rsidRPr="00980CEE">
+        <w:r w:rsidRPr="00980CEE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Figura 2 - Glândulas exócrinas e endócrinas</w:t>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622302 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AB746C" w:rsidRPr="00315CA8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="006708BC" w:rsidRPr="00315CA8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00CC59C0" w:rsidRPr="00315CA8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \c "Fotografia" </w:instrText>
       </w:r>
       <w:r w:rsidR="006708BC" w:rsidRPr="00315CA8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0911A2D1" w14:textId="77777777" w:rsidR="000F4CF7" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="0911A2D1" w14:textId="77777777" w:rsidR="000F4CF7" w:rsidRDefault="000F4CF7">
       <w:pPr>
         <w:pStyle w:val="ndicedeilustraes"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622303" w:history="1">
-        <w:r w:rsidR="000F4CF7" w:rsidRPr="002862C6">
+        <w:r w:rsidRPr="002862C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>Fotografia 1 - Entrada da antiga Biblioteca da UTFPR Campus Ponta Grossa</w:t>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622303 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="049FE327" w14:textId="77777777" w:rsidR="000F4CF7" w:rsidRDefault="0046382D" w:rsidP="002C11E1">
+    <w:p w14:paraId="049FE327" w14:textId="77777777" w:rsidR="000F4CF7" w:rsidRDefault="000F4CF7" w:rsidP="002C11E1">
       <w:pPr>
         <w:pStyle w:val="ndicedeilustraes"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622304" w:history="1">
-        <w:r w:rsidR="000F4CF7" w:rsidRPr="002862C6">
+        <w:r w:rsidRPr="002862C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>Fotografia 2 - Entrada da Biblioteca Mario Vargas Llosa, Lima (Peru)</w:t>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622304 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006708BC" w:rsidRPr="00315CA8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00AB746C" w:rsidRPr="00315CA8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00AB746C" w:rsidRPr="00315CA8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \c "Gráfico" </w:instrText>
       </w:r>
       <w:r w:rsidR="00AB746C" w:rsidRPr="00315CA8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D9FDA1" w14:textId="77777777" w:rsidR="000F4CF7" w:rsidRDefault="0046382D" w:rsidP="00AB746C">
+    <w:p w14:paraId="04D9FDA1" w14:textId="77777777" w:rsidR="000F4CF7" w:rsidRDefault="000F4CF7" w:rsidP="00AB746C">
       <w:pPr>
         <w:pStyle w:val="ndicedeilustraes"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622305" w:history="1">
-        <w:r w:rsidR="000F4CF7" w:rsidRPr="00E803C9">
+        <w:r w:rsidRPr="00E803C9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Gráfico 1 - Estatística de empréstimos em janeiro de 2019</w:t>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622305 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AB746C" w:rsidRPr="00315CA8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="006708BC" w:rsidRPr="00315CA8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00CC59C0" w:rsidRPr="00315CA8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \c "Quadro" </w:instrText>
       </w:r>
       <w:r w:rsidR="006708BC" w:rsidRPr="00315CA8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39E3AE47" w14:textId="77777777" w:rsidR="000F4CF7" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="39E3AE47" w14:textId="77777777" w:rsidR="000F4CF7" w:rsidRDefault="000F4CF7">
       <w:pPr>
         <w:pStyle w:val="ndicedeilustraes"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622306" w:history="1">
-        <w:r w:rsidR="000F4CF7" w:rsidRPr="00181040">
+        <w:r w:rsidRPr="00181040">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>Quadro 1 - Áreas de desenvolvimento de competências</w:t>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622306 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6EA1BABF" w14:textId="77777777" w:rsidR="00B308FF" w:rsidRDefault="006708BC" w:rsidP="00593311">
       <w:pPr>
         <w:pStyle w:val="ndicedeilustraes"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00315CA8">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D86333D" w14:textId="77777777" w:rsidR="00F4319C" w:rsidRPr="0046382D" w:rsidRDefault="00593311" w:rsidP="00507F41">
       <w:pPr>
         <w:rPr>
@@ -4214,117 +4223,117 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="000F4CF7">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="000F4CF7">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
         <w:r w:rsidR="000F4CF7">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="39DA564C" w14:textId="77777777" w:rsidR="000F4CF7" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="39DA564C" w14:textId="77777777" w:rsidR="000F4CF7" w:rsidRDefault="000F4CF7">
       <w:pPr>
         <w:pStyle w:val="ndicedeilustraes"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622309" w:history="1">
-        <w:r w:rsidR="000F4CF7" w:rsidRPr="00671B62">
+        <w:r w:rsidRPr="00671B62">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>Tabela 2 - Situação da educação brasileira em 2002 - Ensino Médio</w:t>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622309 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="000F4CF7">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="082D7442" w14:textId="77777777" w:rsidR="00B308FF" w:rsidRDefault="00A90777" w:rsidP="00604116">
       <w:pPr>
         <w:pStyle w:val="ndicedeilustraes"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="52D1C8DD" w14:textId="77777777" w:rsidR="004D4087" w:rsidRPr="00527654" w:rsidRDefault="00527654" w:rsidP="004D4087">
       <w:pPr>
         <w:pStyle w:val="Formataodoresumo"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
@@ -4511,51 +4520,51 @@
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00CC59C0">
         <w:lastRenderedPageBreak/>
         <w:t>LISTA DE ABREVIATURAS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="0050271E">
         <w:t xml:space="preserve"> E SIGLAS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9240" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1430"/>
         <w:gridCol w:w="7810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00720355" w:rsidRPr="0046382D" w14:paraId="79E5F851" w14:textId="77777777" w:rsidTr="003822E9">
+      <w:tr w:rsidR="00720355" w:rsidRPr="000545A4" w14:paraId="79E5F851" w14:textId="77777777" w:rsidTr="003822E9">
         <w:trPr>
           <w:trHeight w:val="180"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B3F935C" w14:textId="77777777" w:rsidR="00720355" w:rsidRPr="00151B42" w:rsidRDefault="00444CCC" w:rsidP="00E0548C">
             <w:pPr>
               <w:ind w:left="40" w:right="-165"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>ABNT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7810" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41050D8F" w14:textId="77777777" w:rsidR="00720355" w:rsidRPr="00151B42" w:rsidRDefault="00444CCC" w:rsidP="00E0548C">
@@ -4589,51 +4598,51 @@
               <w:ind w:left="40" w:right="-165"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Coef. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7810" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35A18FE8" w14:textId="77777777" w:rsidR="00720355" w:rsidRPr="00A005AF" w:rsidRDefault="00444CCC" w:rsidP="00E0548C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Coeficiente</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00720355" w:rsidRPr="0046382D" w14:paraId="075741E4" w14:textId="77777777" w:rsidTr="003822E9">
+      <w:tr w:rsidR="00720355" w:rsidRPr="000545A4" w14:paraId="075741E4" w14:textId="77777777" w:rsidTr="003822E9">
         <w:trPr>
           <w:trHeight w:val="180"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EF392CF" w14:textId="77777777" w:rsidR="00720355" w:rsidRPr="00151B42" w:rsidRDefault="00444CCC" w:rsidP="00444CCC">
             <w:pPr>
               <w:ind w:left="40" w:right="-165"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">IBGE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7810" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0153CFCB" w14:textId="77777777" w:rsidR="00720355" w:rsidRPr="0046382D" w:rsidRDefault="00444CCC" w:rsidP="00E0548C">
@@ -4662,67 +4671,57 @@
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39878293" w14:textId="77777777" w:rsidR="00720355" w:rsidRPr="0004191C" w:rsidRDefault="00444CCC" w:rsidP="00444CCC">
             <w:pPr>
               <w:ind w:left="40" w:right="-165"/>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">NBR </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7810" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EA90FF8" w14:textId="77777777" w:rsidR="00720355" w:rsidRPr="0004191C" w:rsidRDefault="00444CCC" w:rsidP="00E0548C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Normas</w:t>
+              <w:t>Normas Brasileiras</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00720355" w:rsidRPr="0046382D" w14:paraId="65310961" w14:textId="77777777" w:rsidTr="003822E9">
+      <w:tr w:rsidR="00720355" w:rsidRPr="000545A4" w14:paraId="65310961" w14:textId="77777777" w:rsidTr="003822E9">
         <w:trPr>
           <w:trHeight w:val="180"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7695E5F1" w14:textId="77777777" w:rsidR="00720355" w:rsidRPr="00A11AC8" w:rsidRDefault="00444CCC" w:rsidP="00444CCC">
             <w:pPr>
               <w:ind w:left="40" w:right="-165"/>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">UTFPR </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7810" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FA3423D" w14:textId="77777777" w:rsidR="00720355" w:rsidRDefault="00444CCC" w:rsidP="00E0548C">
@@ -5166,1738 +5165,1738 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="006166C5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="006166C5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r w:rsidR="006166C5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="79101B8A" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="79101B8A" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622371" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:caps/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.1</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Paginação</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622371 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="79FD7CE2" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="79FD7CE2" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622372" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:caps/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.2</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Exemplos de utilização de numeração progressiva</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622372 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CACDEC5" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="0CACDEC5" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622373" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:caps w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Seção primária (CAIXA ALTA e NEGRITO)</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622373 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5EEAD7FF" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="5EEAD7FF" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622374" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:caps/>
             <w:noProof/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>2.1</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>Seção secundária (negrito)</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622374 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="726D46D2" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="726D46D2" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622375" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>2.1.1</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>Seção terciária (sem negrito)</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622375 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6542E9C9" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="6542E9C9" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio4"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622376" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>2.1.1.1</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>Seção quaternária (sublinhado)</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622376 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="530FBBD4" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="530FBBD4" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio5"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622377" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>2.1.1.1.1</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:i w:val="0"/>
             <w:noProof/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>Seção quinária (itálico)</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622377 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1DA59EDE" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="1DA59EDE" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622378" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:caps w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Desenvolvimento</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622378 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="75CC5EDF" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="75CC5EDF" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622379" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:caps/>
             <w:noProof/>
             <w:lang w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:t>3.1</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:t>Regras gerais de apresentação</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622379 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C608201" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="3C608201" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622380" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:caps/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.2</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Margens</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622380 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D6836E7" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="5D6836E7" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622381" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:caps/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.3</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Espaçamento</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622381 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="020F3442" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="020F3442" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622382" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:caps/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.4</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ilustrações</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622382 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C547084" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="1C547084" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622383" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:caps/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.5</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Tabelas</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622383 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6E6D35B2" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="6E6D35B2" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622384" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:caps/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.6</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Citações</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622384 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>21</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6EB1D1EA" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="6EB1D1EA" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622385" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:caps w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:t>Conclusão (ou considerações finais)</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622385 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>23</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="36CEFFB6" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="36CEFFB6" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio6"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622386" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>REFERÊNCIAS</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622386 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3E34ACC7" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="3E34ACC7" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio6"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622387" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:caps/>
             <w:noProof/>
           </w:rPr>
           <w:t>APÊNDICE A -</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Questionário de pesquisa</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622387 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>26</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="05D528F6" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="05D528F6" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio6"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622388" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:caps/>
             <w:noProof/>
           </w:rPr>
           <w:t>APÊNDICE B -</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Roteiro da entrevista</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622388 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>28</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D911099" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="0046382D">
+    <w:p w14:paraId="5D911099" w14:textId="77777777" w:rsidR="006166C5" w:rsidRDefault="006166C5">
       <w:pPr>
         <w:pStyle w:val="Sumrio7"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc87622389" w:history="1">
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:caps/>
             <w:noProof/>
           </w:rPr>
           <w:t>anexo A -</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5" w:rsidRPr="00CC38E4">
+        <w:r w:rsidRPr="00CC38E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Lei n. 9.610, de 19 de fevereiro de 1998</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc87622389 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>30</w:t>
         </w:r>
-        <w:r w:rsidR="006166C5">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2136B65E" w14:textId="77777777" w:rsidR="002477A3" w:rsidRDefault="008A5D6E" w:rsidP="00511016">
       <w:pPr>
         <w:pStyle w:val="Formataodoresumo"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
@@ -10666,225 +10665,225 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5522" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B391131" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="002C4D10" w:rsidRDefault="00CC59C0" w:rsidP="00DF5D8C">
             <w:pPr>
               <w:pStyle w:val="PargrafoparaIlustraes"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C4D10">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Descrição</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC59C0" w:rsidRPr="0046382D" w14:paraId="305F781B" w14:textId="77777777" w:rsidTr="008D4A7B">
+      <w:tr w:rsidR="00CC59C0" w:rsidRPr="000545A4" w14:paraId="305F781B" w14:textId="77777777" w:rsidTr="008D4A7B">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03F3CA89" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="003B24E9" w:rsidRDefault="00CC59C0" w:rsidP="00DF5D8C">
             <w:pPr>
               <w:pStyle w:val="PargrafoparaIlustraes"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="003B24E9">
               <w:t>1. Competências sobre processos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5522" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AAD95FA" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="003B24E9" w:rsidRDefault="00CC59C0" w:rsidP="00DF5D8C">
             <w:pPr>
               <w:pStyle w:val="PargrafoparaIlustraes"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="003B24E9">
               <w:t>Conhecimento nos processos de trabalho</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC59C0" w:rsidRPr="0046382D" w14:paraId="0EC46D58" w14:textId="77777777" w:rsidTr="008D4A7B">
+      <w:tr w:rsidR="00CC59C0" w:rsidRPr="000545A4" w14:paraId="0EC46D58" w14:textId="77777777" w:rsidTr="008D4A7B">
         <w:trPr>
           <w:trHeight w:val="705"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="598F66F1" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="003B24E9" w:rsidRDefault="00CC59C0" w:rsidP="00DF5D8C">
             <w:pPr>
               <w:pStyle w:val="PargrafoparaIlustraes"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="003B24E9">
               <w:t>2. Competências técnicas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5522" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D6D2229" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="003B24E9" w:rsidRDefault="00CC59C0" w:rsidP="00DF5D8C">
             <w:pPr>
               <w:pStyle w:val="PargrafoparaIlustraes"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="003B24E9">
               <w:t>Conhecimento técnico nas tarefas a serem desempenhadas e tecnologias empregadas nestas tarefas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC59C0" w:rsidRPr="0046382D" w14:paraId="5FD0D2D0" w14:textId="77777777" w:rsidTr="008D4A7B">
+      <w:tr w:rsidR="00CC59C0" w:rsidRPr="000545A4" w14:paraId="5FD0D2D0" w14:textId="77777777" w:rsidTr="008D4A7B">
         <w:trPr>
           <w:trHeight w:val="295"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20A3728E" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="003B24E9" w:rsidRDefault="00CC59C0" w:rsidP="00DF5D8C">
             <w:pPr>
               <w:pStyle w:val="PargrafoparaIlustraes"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="003B24E9">
               <w:t>3. Competências sobre a organização</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5522" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="396E8428" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="003B24E9" w:rsidRDefault="00CC59C0" w:rsidP="00DF5D8C">
             <w:pPr>
               <w:pStyle w:val="PargrafoparaIlustraes"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="003B24E9">
               <w:t>Saber organizar os fluxos de trabalho</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC59C0" w:rsidRPr="0046382D" w14:paraId="56DB62E4" w14:textId="77777777" w:rsidTr="008D4A7B">
+      <w:tr w:rsidR="00CC59C0" w:rsidRPr="000545A4" w14:paraId="56DB62E4" w14:textId="77777777" w:rsidTr="008D4A7B">
         <w:trPr>
           <w:trHeight w:val="756"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69345F0F" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="003B24E9" w:rsidRDefault="00CC59C0" w:rsidP="00DF5D8C">
             <w:pPr>
               <w:pStyle w:val="PargrafoparaIlustraes"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="003B24E9">
               <w:t>4. Competências de serviço</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5522" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="192FB910" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="003B24E9" w:rsidRDefault="00CC59C0" w:rsidP="00DF5D8C">
             <w:pPr>
               <w:pStyle w:val="PargrafoparaIlustraes"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="003B24E9">
               <w:t>Aliar as competências técnicas com o impacto que estas ações terão para o</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003B24E9">
               <w:t>cliente consumidor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC59C0" w:rsidRPr="0046382D" w14:paraId="6797BACE" w14:textId="77777777" w:rsidTr="008D4A7B">
+      <w:tr w:rsidR="00CC59C0" w:rsidRPr="000545A4" w14:paraId="6797BACE" w14:textId="77777777" w:rsidTr="008D4A7B">
         <w:trPr>
           <w:trHeight w:val="799"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3565" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="396DBAFE" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="003B24E9" w:rsidRDefault="00CC59C0" w:rsidP="00DF5D8C">
             <w:pPr>
               <w:pStyle w:val="PargrafoparaIlustraes"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="003B24E9">
               <w:t>5. Competências sociais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5522" w:type="dxa"/>
@@ -11427,55 +11426,53 @@
             </w:pPr>
             <w:r w:rsidRPr="00625FA1">
               <w:t>22,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC59C0" w14:paraId="59754074" w14:textId="77777777" w:rsidTr="002908DB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="37740AEE" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="00625FA1" w:rsidRDefault="00CC59C0" w:rsidP="0059374D">
             <w:pPr>
               <w:pStyle w:val="Textotabela-CorpodaTabela"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00625FA1">
               <w:t>Letras</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="79D40BEC" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="00625FA1" w:rsidRDefault="00CC59C0" w:rsidP="00625FA1">
             <w:pPr>
               <w:pStyle w:val="Textotabela-CorpodaTabela"/>
             </w:pPr>
             <w:r w:rsidRPr="00625FA1">
               <w:t>32,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
@@ -11617,57 +11614,52 @@
             <w:r w:rsidRPr="00625FA1">
               <w:t>29,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC59C0" w:rsidRPr="00862D0F" w14:paraId="07AB4E42" w14:textId="77777777" w:rsidTr="002908DB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="30147E53" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="00625FA1" w:rsidRDefault="00CC59C0" w:rsidP="0059374D">
             <w:pPr>
               <w:pStyle w:val="Textotabela-CorpodaTabela"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00625FA1">
-              <w:t>Ciências</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Ciências </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00625FA1">
               <w:t>Biológicas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1D3F13E4" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="00625FA1" w:rsidRDefault="00CC59C0" w:rsidP="00625FA1">
             <w:pPr>
               <w:pStyle w:val="Textotabela-CorpodaTabela"/>
             </w:pPr>
             <w:r w:rsidRPr="00625FA1">
               <w:t>26,4</w:t>
             </w:r>
@@ -12168,51 +12160,51 @@
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5644">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(continua)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4855" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1799"/>
         <w:gridCol w:w="2463"/>
         <w:gridCol w:w="2295"/>
         <w:gridCol w:w="2251"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC59C0" w:rsidRPr="0046382D" w14:paraId="2F61CD6E" w14:textId="77777777" w:rsidTr="00DD1A9D">
+      <w:tr w:rsidR="00CC59C0" w:rsidRPr="000545A4" w14:paraId="2F61CD6E" w14:textId="77777777" w:rsidTr="00DD1A9D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1021" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="00F16A5C" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="005E6D41" w:rsidRDefault="00CC59C0" w:rsidP="0008016A">
             <w:pPr>
               <w:pStyle w:val="Textotabela-Cabealho"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="pct"/>
@@ -12663,51 +12655,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5644">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(conclusão)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4855" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1799"/>
         <w:gridCol w:w="2463"/>
         <w:gridCol w:w="2295"/>
         <w:gridCol w:w="2251"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC59C0" w:rsidRPr="0046382D" w14:paraId="2517DA2E" w14:textId="77777777" w:rsidTr="00DD1A9D">
+      <w:tr w:rsidR="00CC59C0" w:rsidRPr="000545A4" w14:paraId="2517DA2E" w14:textId="77777777" w:rsidTr="00DD1A9D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1021" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="17944588" w14:textId="77777777" w:rsidR="00CC59C0" w:rsidRPr="005E6D41" w:rsidRDefault="00CC59C0" w:rsidP="0008016A">
             <w:pPr>
               <w:pStyle w:val="Textotabela-Cabealho"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="pct"/>
@@ -14679,59 +14671,51 @@
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Livro</w:t>
       </w:r>
       <w:r w:rsidR="002E09D9" w:rsidRPr="004E44F1">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28A81063" w14:textId="77777777" w:rsidR="00574721" w:rsidRDefault="00574721" w:rsidP="00574721">
       <w:pPr>
         <w:pStyle w:val="FormataodasReferncias"/>
       </w:pPr>
       <w:r w:rsidRPr="00574721">
         <w:t xml:space="preserve">MONTEIRO, </w:t>
       </w:r>
       <w:r w:rsidR="00390E81">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00574721">
-        <w:t xml:space="preserve">. Breve espaço entre cor e sombra: o romance da maturidade literária de Cristóvão </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">. Breve espaço entre cor e sombra: o romance da maturidade literária de Cristóvão Tezza. </w:t>
       </w:r>
       <w:r w:rsidRPr="00574721">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Revista de Letras,</w:t>
       </w:r>
       <w:r w:rsidRPr="00574721">
         <w:t xml:space="preserve"> Curitiba, v. 13, n. 11, p. 183-200, dez.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00574721">
         <w:t xml:space="preserve">2009. </w:t>
       </w:r>
       <w:r w:rsidR="008F6E10" w:rsidRPr="0001410E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00BB1BAB" w:rsidRPr="0001410E">
         <w:rPr>
@@ -15640,51 +15624,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1147"/>
         <w:gridCol w:w="1121"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1980"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B6774" w:rsidRPr="0046382D" w14:paraId="3FD47320" w14:textId="77777777" w:rsidTr="003B6774">
+      <w:tr w:rsidR="003B6774" w:rsidRPr="000545A4" w14:paraId="3FD47320" w14:textId="77777777" w:rsidTr="003B6774">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8928" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D32C5A1" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="003B6774">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B6774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>1. Você tem conhecimento do trabalho que está sendo realizado na UTFPR que criará o padrão da instituição para elaboração de trabalhos acadêmicos?</w:t>
             </w:r>
@@ -16088,51 +16072,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2448"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1130"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B6774" w:rsidRPr="0046382D" w14:paraId="57A88446" w14:textId="77777777" w:rsidTr="003B6774">
+      <w:tr w:rsidR="003B6774" w:rsidRPr="000545A4" w14:paraId="57A88446" w14:textId="77777777" w:rsidTr="003B6774">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8978" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5897EE94" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="00E92C73">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B6774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>2. Se a resposta da pergunta anterior foi afirmativa, de que maneira tomou conhecimento?</w:t>
             </w:r>
@@ -16273,51 +16257,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FBA1D04" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="003B6774">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B6774">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B6774" w:rsidRPr="0046382D" w14:paraId="7DB3A217" w14:textId="77777777" w:rsidTr="003B6774">
+      <w:tr w:rsidR="003B6774" w:rsidRPr="000545A4" w14:paraId="7DB3A217" w14:textId="77777777" w:rsidTr="003B6774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2448" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13E6C048" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="00E92C73">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B6774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Pela Internet, na página da instituição</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -16401,65 +16385,56 @@
           <w:p w14:paraId="09402AB9" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="003B6774">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B6774" w:rsidRPr="003B6774" w14:paraId="44DF3DBD" w14:textId="77777777" w:rsidTr="003B6774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2448" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F5E56F8" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="00E92C73">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B6774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Pelo</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Pelo </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B6774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>jornal</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B6774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> da </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B6774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>instituição</w:t>
             </w:r>
@@ -16703,51 +16678,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1147"/>
         <w:gridCol w:w="1301"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B6774" w:rsidRPr="0046382D" w14:paraId="5918FC10" w14:textId="77777777" w:rsidTr="003B6774">
+      <w:tr w:rsidR="003B6774" w:rsidRPr="000545A4" w14:paraId="5918FC10" w14:textId="77777777" w:rsidTr="003B6774">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8928" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19B83723" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="00E92C73">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B6774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>3. Na realização de trabalhos acadêmicos (relatório, TCC, dissertação, tese, etc.) você costuma consultar normas que norteiam a elaboração dos mesmos?</w:t>
             </w:r>
@@ -17039,59 +17014,57 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B6774" w:rsidRPr="003B6774" w14:paraId="4A2B8284" w14:textId="77777777" w:rsidTr="003B6774">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A54BC07" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="00E92C73">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B6774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nunca</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1301" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FBE29FE" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="003B6774">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D5DB9C2" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="003B6774">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -17305,51 +17278,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2988"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="1440"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B6774" w:rsidRPr="0046382D" w14:paraId="34637900" w14:textId="77777777" w:rsidTr="003B6774">
+      <w:tr w:rsidR="003B6774" w:rsidRPr="000545A4" w14:paraId="34637900" w14:textId="77777777" w:rsidTr="003B6774">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8928" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="749C89E8" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="00E92C73">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B6774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Se utiliza normas para elaboração de trabalhos acadêmicos, </w:t>
             </w:r>
@@ -17750,51 +17723,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E11C0F8" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="003B6774">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B6774" w:rsidRPr="0046382D" w14:paraId="2EB197D8" w14:textId="77777777" w:rsidTr="003B6774">
+      <w:tr w:rsidR="003B6774" w:rsidRPr="000545A4" w14:paraId="2EB197D8" w14:textId="77777777" w:rsidTr="003B6774">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2988" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="459EF2F6" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="00E92C73">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B6774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>A que seu orientador passou</w:t>
             </w:r>
           </w:p>
@@ -17874,51 +17847,51 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A014B46" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="003B6774">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B6774" w:rsidRPr="0046382D" w14:paraId="5FE4F3CA" w14:textId="77777777" w:rsidTr="003B6774">
+      <w:tr w:rsidR="003B6774" w:rsidRPr="000545A4" w14:paraId="5FE4F3CA" w14:textId="77777777" w:rsidTr="003B6774">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2988" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E1B0F7C" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="00E92C73">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B6774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>A elaborada pela biblioteca e professores de nosso Campus</w:t>
             </w:r>
           </w:p>
@@ -18019,77 +17992,52 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B6774" w:rsidRPr="003B6774" w14:paraId="05969D42" w14:textId="77777777" w:rsidTr="003B6774">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2988" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D696971" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="00E92C73">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B6774">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">De </w:t>
+              <w:t>De outra instituição</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FFF04D0" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="003B6774">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7568AE00" w14:textId="77777777" w:rsidR="003B6774" w:rsidRPr="003B6774" w:rsidRDefault="003B6774" w:rsidP="003B6774">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -18966,51 +18914,51 @@
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0046382D">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1736"/>
         <w:gridCol w:w="7335"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00265A11" w:rsidRPr="0046382D" w14:paraId="294441DD" w14:textId="77777777" w:rsidTr="00265A11">
+      <w:tr w:rsidR="00265A11" w:rsidRPr="000545A4" w14:paraId="294441DD" w14:textId="77777777" w:rsidTr="00265A11">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="57E65D3C" w14:textId="77777777" w:rsidR="00265A11" w:rsidRPr="00175F8E" w:rsidRDefault="00265A11" w:rsidP="00175F8E">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0046382D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-US"/>
@@ -19237,51 +19185,51 @@
     </w:p>
     <w:p w14:paraId="3993E49D" w14:textId="77777777" w:rsidR="00DD5AF6" w:rsidRPr="00175F8E" w:rsidRDefault="00DD5AF6" w:rsidP="00175F8E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="2700" w:type="pct"/>
         <w:jc w:val="right"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4898"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A7454" w:rsidRPr="0046382D" w14:paraId="5AC46D53" w14:textId="77777777" w:rsidTr="006A7454">
+      <w:tr w:rsidR="006A7454" w:rsidRPr="000545A4" w14:paraId="5AC46D53" w14:textId="77777777" w:rsidTr="006A7454">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="79B61EB1" w14:textId="77777777" w:rsidR="006A7454" w:rsidRPr="00175F8E" w:rsidRDefault="006A7454" w:rsidP="00175F8E">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00175F8E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="800000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -20071,314 +20019,300 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00175F8E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>        Art. 6º Não serão de domínio da União, dos Estados, do Distrito Federal ou dos Municípios as obras por eles simplesmente subvencionadas.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DD5AF6" w:rsidSect="002477A3">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="13"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="47FA7672" w14:textId="77777777" w:rsidR="00A17F47" w:rsidRDefault="00A17F47" w:rsidP="00DD7AC7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E9ECFE0" w14:textId="77777777" w:rsidR="00A17F47" w:rsidRDefault="00A17F47"/>
     <w:p w14:paraId="5D99A3C2" w14:textId="77777777" w:rsidR="00A17F47" w:rsidRDefault="00A17F47"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3BA6DCD6" w14:textId="77777777" w:rsidR="00A17F47" w:rsidRDefault="00A17F47" w:rsidP="00DD7AC7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B72E393" w14:textId="77777777" w:rsidR="00A17F47" w:rsidRDefault="00A17F47"/>
     <w:p w14:paraId="51912C1C" w14:textId="77777777" w:rsidR="00A17F47" w:rsidRDefault="00A17F47"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="436"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblCellMar>
         <w:left w:w="57" w:type="dxa"/>
         <w:right w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2043"/>
       <w:gridCol w:w="147"/>
       <w:gridCol w:w="6881"/>
     </w:tblGrid>
-    <w:tr w:rsidR="004761F2" w:rsidRPr="0046382D" w14:paraId="4C2EEB53" w14:textId="77777777" w:rsidTr="004761F2">
+    <w:tr w:rsidR="004761F2" w:rsidRPr="000545A4" w14:paraId="4C2EEB53" w14:textId="77777777" w:rsidTr="004761F2">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1126" w:type="pct"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="0358F9F5" w14:textId="77777777" w:rsidR="004761F2" w:rsidRPr="00490E36" w:rsidRDefault="0046382D" w:rsidP="004761F2">
+        <w:p w14:paraId="0358F9F5" w14:textId="77777777" w:rsidR="004761F2" w:rsidRPr="00490E36" w:rsidRDefault="000545A4" w:rsidP="004761F2">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:pict w14:anchorId="6042FA1F">
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
               <v:shape id="Imagem 2" o:spid="_x0000_i1025" type="#_x0000_t75" alt="Título: CC BY-NC-SA Creative Commons Atribuição-Não-Comercial-CompartilhaIgual" style="width:76.8pt;height:27pt;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBTVUdNXQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWyklM1u2zAMx+8D9g6C&#10;7q7tzFtSo0mROu1QoMiKfRx2VGQ5FiZZAiUnKYY9zQ57kL7YKNnJOuywoTtYpiSL/OlP0heXB63I&#10;ToCTppvT/CyjRHTc1LLbzumnjzfJjBLnWVczZToxpw/C0cvFyxcXe1uKiWmNqgUQdNK5cm/ntPXe&#10;lmnqeCs0c2fGig43GwOaeZzCNq2B7dG7Vukky96kewO1BcOFc7i6GjbpIvpvGsH9u6ZxwhM1p8jm&#10;4whx3IQxXVywcgvMtpKPGOwZFJrJDoOeXK2YZ6QH+QxXVnLfg0BvaJX4jFho/Ye30Yn+Jx+awZfe&#10;Jtxoy7zcSCX9Q1R7hOp295Lfw0DI17t7ILKe0wklHdOY5FvNtkITnHvpFS5UFbn6nKyr5MOSVCDQ&#10;6U6QymhtOkeWHuSml48/Hr+bZB0G3BHAJVPBsgy8VC273fZMhXwFWULQgIDTNMx/I9ooaW+kUiEf&#10;wR7vjln/e3WZppFcrAzvtej8UGIgFBIjaiutowRKoTcC7wu3dU4Jx/L2eEcLsvOxBsTB3zkfoqM1&#10;VMHXyWyZZeeTq6R6nVVJkU2vk+V5MU2m2fW0yIpZXuXVt3A6L8reiTvDmVpZeSzJvPgDXksOxpnG&#10;n2Ge0oH72BzInWdpLEqyY7H0g1IR6PiOiLgUFAqszoPwvA1mg+K9x9YZzpw2otK/xA26OxvKgJWH&#10;BnR4IwY5xO56OHVXEIHj4vkUGxZ7kOPWqyLaQ4DjYQvOvxVGk2CgvEgQ9WQ7ZB0+PX4ypn0IH7mQ&#10;Jt5s7OXQgE/naD/94yx+AgAA//8DAFBLAwQUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJLfXt&#10;I8gmgUCX8z//PaYf//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRRXlzM&#10;olI4K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8O02n&#10;oH88cXmjkM5XdwVislQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBLAwQUAAYACAAAACEATvRzu9sA&#10;AAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzWrDMBCE74W+g9hCbo2chvTHtRxKSVNyMTTOA6yt&#10;jW0qrYwlJ+7bV8mlvSwMM8x8m60na8SJBt85VrCYJyCIa6c7bhQcyo/7ZxA+IGs0jknBD3lY57c3&#10;GabanfmLTvvQiFjCPkUFbQh9KqWvW7Lo564njt7RDRZDlEMj9YDnWG6NfEiSR2mx47jQYk/vLdXf&#10;+9Eq2G6bQzEep89NyYUrd0WlDT0pNbub3l5BBJrCXxgu+BEd8shUuZG1F0ZBfCRc78VbLRcgKgWr&#10;5QvIPJP/4fNfAAAA//8DAFBLAwQKAAAAAAAAACEACtGSjvw+AAD8PgAAFAAAAGRycy9tZWRpYS9p&#10;bWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAAASgAAABnCAYAAAHEee+CAAAAAXNSR0IArs4c6QAA&#10;AARnQU1BAACxjwv8YQUAAAAJcEhZcwAAIdUAACHVAQSctJ0AAD6RSURBVHhe7Z0JvFXVdf8xxnme&#10;UBlkUBRBmQRlVCYBBZkERWUGReZZZEYBQSaZRwERQRyT2DZN07RpEtumaRrbJmmbpknn2rlNmzSx&#10;Q87/fve767519l1nuve+x9P/XZ/P7/Pe3eMZ9tl77bXX0ChPQQNDo+DN994qCa++cTIY/OBgMw+8&#10;9vapoN+AfsEbn3vTzH/9M2eCPv3uDc589o1QetFF5a80aNasWXDVVVcVfusyUk6TX6ac/Nz/oR/5&#10;ImHasmWLXymfU9OYkJTh789//vNCmpDOh7p06eL+v+mmm9xvlV/zT+PrGwff/OY3XaZFUg7Mnz/f&#10;pd18882FDiApc8455wQ//vGP3e//+I//yOfW5n/qU58q/Pb/kp/7W/jHZVx//fXuf42nnnrK5fE/&#10;ZVevXu1+R13Uueeem0+pIdJvuOGGQv6nP/3pfE4NSRuSn/sbvij5C+n/Ib8s5P+v8//t3/4tNp+/&#10;AvltXtT+/fvd//qJ/c///I/Lk7K6vJDOKzc/93/Njy07twZ33HFHvkgx+Y2CjVs2uvQTb7xalAde&#10;2r/T5R89dczM33tkn8s/ePxQKD2X1iho266t/AhOnjyZv4xaIv388893ZShb13AXJaBTOtdpYP2L&#10;GwoXLfjc5z4XvPrqq8HnP//5ULpAp3/7298O5QnOnDljpucQTqBzH6+/W1z5o48+KjzFd999tygf&#10;ateunfvr5wmgL37xi+6vlxf6kRorVqwInn76aTMPrFmzpvD/W2+Fn7Jgw4YNbs4z8hp91Us421jR&#10;yHpdabFg6YLcF/aSmQeWrFgavLBtk5kHVj63Kli7cV1ReuiiXjlzwl0tg/2xxx4rXL0uA0g7deqU&#10;GwvQRRddFBw4eqCQf/0N1wfz5s3L5wbBNddcE6zZsLaQf1//+4J+/frlc4OgTZs2wdARwwr5hYs6&#10;dvq468wi/8L+7//+z6U/9NBD7i/E0iH5TZs2dWm9e/cOhg0b5v6H65D8xYsXuzS5aWjgwIGF/MJF&#10;RV2QkFyYLqcbhQ6fOOIWY8jPg9ZuXBu0v7O9+5+8P/mTPyn8Dw0dXvO0Chd19913uwzdmP9/0kXJ&#10;DK1Jl2EM3dr2Vve/JskfMGhA7UXR2J/92Z+5jAcffND9tVZyysJFCpH293//9+7/5s2bu3zwD//w&#10;Dy5NX9C9995byH/ttddcms4/dqx2KSo8qQsvvNBl6oL+/4VKuf/hl4Q6deoULH52SSEffukb3/hG&#10;Pjf3WoYODYaNfKiQ3+ymZsHhw4fzubnXunZtcPU1VxfyM48pDb6qTl06F6ULmt/UPOjQqYOZB25u&#10;c3Nurbu9KL2RLILuR8SFyQXpRbMukeuv5hUVrjL/W4P06xpfF0rTC27UosyCu3XrVjPv93//993f&#10;iLq1P7re07VwcRq6jACCEYSs/GXLlgX//M//bOaBqHp5mImJkAWXidDPEyxZsiR45JFHzDy+QD4I&#10;/n/22Wf9/EbvW0+nilqceue0e1BmpgZrZf6pFuG8888LTr/7ulnPwsRpk8x2BFYdjaUrnzHrCZAU&#10;WPUEuw/tMesJ9h3db9bL5dkXN0nd0N69e923EkWaq7faAp271mzQhb+AZNOuaenSpWY7j096wqX/&#10;9Kc/zZesIb++MOaITnT9HXtfcun/+I//mC9p05/+6Z+6ctv2bAvVz6UVXxRpICsJV9jmtjah9oYM&#10;e6CovYMHD7o1SuCTvq75OfZWrgnwYuTlSJ/6BUCkSf0jr77sfgvJ1goO4n//93+DESNGuN/CiUD8&#10;1pvZ3O/wg+I30PTlL3/Z8Vrr16/Pp9QQQo8hQ4YE//RP/5RPCYJ//dd/dfWnzpgWavPrX/96vkQN&#10;iWDE6g8i7ZlVywr1Z8yYkc+pIcRMMJNS/4UXXsjn1BBpI8eMdPVh1YUDgn7wgx8EvXr1yv+qIWlH&#10;iP95Geoeih+U3g/wGwmOJh4O6SIT+6u/+iv3V4g83W7nu4o/MUjKCY+oSdefPH1yUX2u6cYbbwze&#10;e+89lwc/+vzzzxfaBCKx3LKzRt4nNGlSzbTy/e9/3/3+4IMP3O8LLrjA/Yb4/fLJo4VryP0uflA7&#10;d+7MF6+pINsAhjcXc+JEzSYMyRN02223FTbwEHl+u9dee61L0yTl9INiA+/XBZ26dHLp8nKE/Db/&#10;/M//3KUxaev6T8+b6dL51IRo6/jx4/lfNfSTn/zElZsxe0aofi6t+EGBUkkEBuxodbsC+GLpA5x3&#10;3nmh3yzFVj3BoAcGhcrzWenf2/fsMOsJps96MlT+sssuC/1euGyRWS+XV/z2pNIf/uEf5m8/HUm9&#10;qM4+zsjdV+3TBIgSVGYB//mf/5l/HGHavXt3oUzTZk3Nup8QmIlFn0DrW1oXlWEl2XVod6icXoks&#10;MJfxt3Xr1sH27dud/E5WU7+sBei///u/3f/skbZt2xY88UQNjwXpshak/wULFgQtWrRw/zMIdu3a&#10;FSpnwEwM4ZJLLomcOxC6W3WiIBfK+QiTKf/DBOoycZCHAfGgeMhI5XReHKRPVsm3337b1fm7v/u7&#10;4L/+67+KynowE6soRqOmXkIVYfwsh3OQSP3c+qSqqIV7YE9MfMLMrGvsOrjbyaRnL5gTHD/9ilkm&#10;DnsO7wlGjRnttkrs5awycdh/9EDw6BPjgvFTJhQdMPpI9aDYBmjpgA+RdaeFCMYsDBxce8oQhYsu&#10;DjOYGnd0vNOso3HtdTU7BAtIqa06Lj/uQfkNXXnllcGYMWOCli1bOtZA5x0+cdhsQ4DYg3L+GYHQ&#10;X//1XxfasupzhkCebKd8ErWHqPpA8i1iexZV36VHPSipBPz9lSZ9xjnowUFmW4B8xBqaSPM33KRd&#10;edWVZn1GtiaWd6QVmijHqLXqi55IHFEO+HXNByWF77zzznz1ZJI6m3e8GNmeT6TBePpEuha8ifTh&#10;Zz/7Wb5E4P6XduGnNJGmpa5zFs51aULCS2loeRa/RZ0AuDL+g+rRu4fLkKP6LCSd6vYAafqEC9JC&#10;u9mzZ+dTa4jyF150Yai+5vg3b97s/nLailzLH6ki69L14byFpB1kZH/8x39c+C00atQo91vXL3pQ&#10;fqUsJGLUJk2bFLXpk/Qj0PTGG2+4NL8+I0Erul1++eUu3SeZ76z+f/d3f9f95nhaCF0i0r761a/m&#10;U2quT9cPPagV61a4RESlmthLDR8+3LH5QhyC9ejRwx3/aHKNqk5Y+vntk5QTaOKQmDRpw8+H1q1b&#10;V6jLaPPn0bj6Vnukaf0nv37oQbkE1Yj1LZ8+fdqJhf10oQ4dauRN0qa065Ou6+f/wi/8gkuLqy/E&#10;Pk23wycuK2Ca+kKU4dBayK8f+6BYyvVvOcEg7dJLL3X/+yRDWwvu+O0L///lX/7Fpev2hUSYp+uL&#10;AoUQaRs3bgwef/xx9z/t+yyLrv9Lv/RL+Zq1L0lI5j+hRYsWFdWPfVD+byHSmDCjiHzU7nS7Pv8T&#10;96BIO/56Lbd+xRVXFJW76667CvX/8i//Mp9a+xUcOHqwUF/OJYW+9rWvFeoKfuVXfiWfW9P/0OFD&#10;C/VdmbgH1adPH/db5OHIvTVjBnFhetXizZGnl3dhFmfOnJkvFf2g+I0IRuoKSIfR1RTFRwGrPmJf&#10;Tej5/tZv/Vb+Vw3J6PLrhh6U/6lBrpACRAc6jU9FSOvcahx97ZhL52FbhNBf2vPrAuHskZFbpOdT&#10;qz4gL47plIfk66O7dvWDOnDsgEtkm1IquUZz0B1pSL4Fn62wYNUT8IladTRkMFjghVt1XL5+UIXE&#10;HEqh5557ztUdkT94jALS0m7du7myl19xeY4tWWmWiwJvnA009S+57JJg/pL5ZrkoUH/U2FFudHGW&#10;hwTBKidwz8R/UIgfXEYOWQi5s9TT7X0S4O4LbSxR4ZKM3vfWTOJpH9aXvvSlQnmZxNvd0T6kHvZx&#10;Rv7eam5QIA/rrm61y++qVavyjyRMcqrq192fn+s+YQgnXHX1VYUb3rZneygvCr5YwyojQO8PIJng&#10;BIVtkKT7ZX0wEbMz4H9dHpVR1ADkdxxQLGEjLMJI5qg0fedQnEhlfeOISn2uF7Rs1TJUDiUuv4wP&#10;YQMg+ctx2I9+9KNQOQsij+J//++0adOCBx6oUS+Kg/SPBg5/EddYWzUDZqKDfghJ6HxXZ7MNH0Ki&#10;HiTyKL+cBR7UkSNHXHmItCxnguAzn/mMq4smC78hdKxQA/LLejATQ4hSfGCZR25k1YmCP6L8/+Mg&#10;D0qYTtLkL6xJ//79Q+V98FV85Stfcf9DHTt2dCrobKwhv7wHM7HOgOYuYCTpNF0mCsyFmEPwv66D&#10;7ry2AYkDD5NVGlmWbiPFNZiJVRSjUZMcft7ujnbBhMkTqqgiMx4dP8597blx9AEDKvB3MVVUUQoY&#10;S3UyoKY8NcXZEnKMefElFzvhBeB/0q6/8Xpnv6BFe3WNBx96MLj44ovlpiMBq40Fny+RKhez5s0K&#10;Lr3sUrNPDUSWHMJlsQVJA05br7iyRk4cByRy11x7TUnaHPk2Sh9QPPQx48aELqgcDH5gcMVeJIO1&#10;ZeuWofZhnCZOnOj0q33i2IZzN05SdZ2Lc3urk2+9ZvaRhAeGhvdTvCyYQN8yAUK+jo5l+/bti+rs&#10;PLDLbD8JsxfMLmrrvvvuc9bzPrGHw7RMNt4az6x8xmzfR7589gG1afvmgmzZB8fWlhWCT+gK4BKA&#10;L9JqZ8LUiWbfaaDVehhE+tBW06FDh4pMVoR4wIMG1eqzwyP4flui0EWJp4BY6WYlfITodrbvi9ef&#10;F4zL8TS6njWA0xBmPbqdhc/Eq8Tny6UfUJt2bAp1ADja4+FXggYMGFDUPgpx1rVYOPzqkUI9TqW0&#10;JYdPug+ANnYUYTEt5R6f+LjZN3j1zZOFcnwocf1DnLRR1j9t82nlypWFdtveXiuE9sHsLuWAturW&#10;hChOG8Ai4Zo7d27R+bLQb/7mbxbKXnl1sTaWIF8m3YCCt5BGgXZ5UGnCG4vuC+AdyrouwbbdtXLY&#10;Rx99NN9SNPERfPe733U2VWkI2YS0P3/JgqL+5cTRR5MmTZycQuidd94xywminqs4BQJRB3q6HV95&#10;AerevXuoTBSuu+66fI0wST68aEz/8QOKaV4aAix1SV9epcjnZ3AYYV0jkDLMDHHkW1L6iCMtY/Z5&#10;PXVM48riMKBx48aFNB++dgvKWUnPddOm2hXCt68bNuKhQt7f/u3f5mvUEmatks87tOjWW28tlAG+&#10;1t8f/MEfFPLWbXou1D/I50UPKES80gBAG7hSy1tawlhSX0MUHyP5lq8pTeUMqPfff79Q7oXtYdc8&#10;kg5TaxEyfTFq8oEF62c/+9l8yWji2UudOQvnhPq/scmNLl3rfwj9xV/8RaEewMtKFOly48aNy6fW&#10;kuTd1va2UP8gnxc9oHBQIg0Ai9AEwouPLqexZ8+efMmaB9KzZ0+zHMAblU/U4SHpcta1Sl7Siyln&#10;QGnlnfWb15v9x70snzCDZnmRuhos276SMyT5T856MtS/uF3xNcs1+R4QLJL2ATtCnySvRcsWof5B&#10;Pi96QEllwNmET6IqJkDjUuhXf/VXXRpqoxjN4z5Rl8XbgZB4H0D+guqsT5TVdeOulVk0ibTqmiDN&#10;zlS7TvNlaDfcWKMNBpLopZdeyv9XS1I3Cri/4Wxbfm/dFXZb0advrZYIR8g+SR5Au9Yi31ON2O4L&#10;/fu//3shb97ieaH+QT7PHlDHTtX4JhOgueqTzu/atWs+1SattSXOQNOSnJQK9r1c7DRl3Qs1ClkA&#10;zdc4KmVA6WVjxMMjivpH0VTy4bUsmjJlSqFMFPwZFoV38X8g4Fn6/QPJt5Y9OY7XYKmdMGGC2+X5&#10;edaghO8jj/Zj+rcHlM+Mo+Xhk85v27ZtPtUmuRjgGwclka8/HiXFXb95Q6EMR+RRlHVA6ZNjpOhW&#10;3wA/elLO8jHjU1qxgViBuHavvSZS+Kt5XjYn1hKHWwZmcSmngedDPhyfkKOJ3JF2rb5Bvp10Sx4S&#10;Zp/EbERjx44dBRcpgvvvv9+Vzx8gFoBxwK//+q+HBpuvFQ0hwdb1rGvV0LMhkml/I8GAQuCpYQkf&#10;tRsHsPNgOom1dtPLy4uTccURAknd/6z5s83+fHTylIlYqkohLaoA/Qb2N/sT5MtFD6ixj40NNRi1&#10;w/ud3/mdIu/QjGjcvvrEF4B+nS4LUP0SH8ma+Mp0udsNL4YWMCrxmXlMChjsUcQLfPjhh0N1uI8X&#10;d24x+4gDvnnxyqjbwgUFLiKjxAPwLE8+GfYWA+Ysmmv2kQQMl3U7yI9woxvlB4UBhDc/X+aIx680&#10;R2L58tEDCvhHI9o3eV2Tth8BvNxSzvrQkfTdAMWBndKhBKPorLjltjZmXxaYYTdufcFsp1QQMsBf&#10;IaLAO39i0niznTjk68cPKICGgHQGjh49mn/ldUe+fQ2Dybq2KhoO8u8qeUCBJ2fVblkFUYeu5ZC2&#10;DBE0b1HrDrmKhov8+wq/PI1+94eZMJYbLW8RjB49umTGE2Jp0zIWwSWXXhLqH/ge7apocDATQ7CO&#10;O2bMmWGWBfAguHtmN+UTPBieRH3GT6P/oP4mryRb1yoaNMzEIjRrbrsHAvhr0lv1UvDEJHvZZTBb&#10;s2JacDTE7hRPGn/zN39T2KlyBMMAhVhmhWHFAzyU1uohDvoYRHwPA4hjFfktIgs+QPGIy4dXiQ/o&#10;9ddfd+1hhc9JBquB77tPgl5AnFbovBJgJkaCB//iS8nbaIRsqJwgcUeyjXoJgj+8jZCXtFujj7S7&#10;kjgwoNimi7xJjod020IS+iJu9swCGVCYE0Ky0YBkQH344YdukOt6gF1puR8pkF05h9PiDllDHATg&#10;n5oy1rVkhJmYGnikS/I/nwboUD84fKjZRzmQAaXTIP/BiVNxnVYuZEBhJMdvrkU2MjKgUDXxxSMc&#10;haDNag2ALOCj4fBZdOk5xBfdLNgO0ng2GDczk8lshlxRt5MRZmJZwFKQGH19B/R18oxlq591GJ/7&#10;v+/Avu5k3LKxrQvIkseXCkR4iiBVl9OeeCoFf0CBX/7lX3ZpesmTvhlsMqNYx0OlADVeCKElzmpk&#10;88Sglf91+bFjx7o0S8CaEmZiFVWUikabvYQqqigVP86h0Tk5LM/hpzlYhaqoIglfywFf5Y6+BfOG&#10;ObFlZlxFFUnAjUFuHP08BzeoglNvx8dbqaKKJBDLMjeW3ncDyipQRRVZgGCasfT/1YBCmHrolcPO&#10;G/nEqRODXvf2Ch6b8FiwesMa51AuyqKmUqD/IydfdsGspz49Lejbv28wauzoYOmKpc4sqhLyvCQQ&#10;KwpfcjPnzQzuHzLIyRHnL57vfO2eOGOHv0+DOhtQPBjcj6ECe9nllzl5E/o1/OU36WgU7tgXHUG8&#10;0sBtLLKvNJJ3NCzXvxi2aKkEsBJJI/lGe3XKk1PMNkoFA7ljl46pTgCQ0Pcb0M9sJw4VHVAck9xy&#10;a3oFMo2WrVsFz2163my3XHDs45uCpQU6YBwXWe2mBdL/Ll3Dfg7SAqEoMXGsdrPggYeSHSBa4Bxx&#10;9COjzTYtVGRA7Tm8N7OvvyigrluKqm0UmGX8Prp16+aUAy0zbSTY+FbwZ7EJU0pz2oGnYF/bFaNV&#10;LHKQ3vuE+djIkSOL1JZ79O5ptp+E0++8Hlx97dWhtrByITCcZdHCwfn06dNDISsAjkfSbNrKHlCs&#10;vdKpBZxVsLwRfWHWrFlOn5uDSA5o407Ru3TtknhwnITpT4ePDdDljtLjtogwG7p+nKWLBe12GnDP&#10;OgBxEuERRj+jy6+4ItMzQZ9e989S54cTiaMvfOELbobUbTBArb4EZQ0oVFmkIw2CHOCAwvoCNXGe&#10;hgcQHENY7UQ5Y0iD7Xt3hNoiHrhFvOCpU6cWNAx8whOJbqfvwHR8hYTQFmCLJyozWUgbVQIMHqz+&#10;fLCx0DNjlFFnEvEOteEJzuKs/gQlDSh4AomWodG5c2enb1QK8eCGDrW1DI6+VhtVOg1w7Kzr44vA&#10;It88SEcP0oSelF6COOC2+hWc+cwbIcYbk7I4knJRxEDEe4uUGzx0sNmvRpNmteXTeKGJI/rv3bt3&#10;ob0bc9di9QlKGlCswdK4gBBSlSBMiHyeA+BzyboWC/phYq4URaiG6D4WLlyYzykmifwkiFt6EANI&#10;Ocy6k0jKxhEvVWtmIHaw+gazlMc6P6aZEKsD2g/6Xd5+++3O6NTiLSGJQAzWb6kNAKeRaUDxEPPi&#10;9QJY48VxdSXJX7vhxaxr8rF197ZCHR5QEmkexbfh90nC54OonQ/PSMqAl19+2XxBDBB8QmizLnjN&#10;AwcORPJ5+LCSsre2vdXsH8iGgnuzdPzFO3scsFK2SJex+s40oKbNCOsOgVLd/CURD8Kfqbre0828&#10;Lo0bmtSqCUcZMmrC9xFqsWmYZV8Bzuq/fYewb0zAC2Y51was1iwvoHzU9bRq1apQzpoll6+tieUH&#10;MOb0yY8QEodf/MVfzNeqJe1FDz8Sfv+pB5R2AiHAPr4uCYUzv8+jp46Z1yeQcnFM6Ec5RpPZixnB&#10;Bw484naCODSVPpA2+/0nCQ3hRZYvXx5K69u3rzPTFz7NcqYqhKNZqTflyalF/WsPxxbdcssthXyA&#10;GwCU/HgmWFP74hLfRE7roffsUyzKSD2g7uh4R6EhgBe1+iCU9XW/LIXW9QG93LHLjCKfH/Kh3RH5&#10;xIOXcr3v6x3qX3908GMsawwUSbOAa0RN7HrjiDblpfvRY7RjE4KM+MQMKfng+PHj+ZxaYmbUZfDK&#10;4pOwCfzV/YNUA4pdXb6QA19hfREPkNlE969jO2oMHFz78uKonAHF9Qjf07RZ01D/enepl1vqIFOS&#10;PB/bt2/Pl0xHzKTU0wGHgRZVwItpgs89dSocrggnrFybT9r5GWyHT4SHlHzdP0g1oHxnC9r5aH2Q&#10;v73v3rO7eZ1Nci9YysRROQMKEv7n6muuDvW/6NnFhTaiCGFhlB498jhmwCTCZZLU0f3jFUbSRYdc&#10;iIHjz5bf+9738rlhQoquy/kkQaGB7h+kGlBaBsN0G0Uw0tizceG4PESYFyXb4Qb5inDKxVHI+PHj&#10;Y90YSixjQdx1ilFAFJU7oOSF+kK+EaPDNndxBP/JfUt5DdItD35CLENSVve/aUdNGHRgyQN55iJE&#10;/s53vpNPLSZ/JvNJsyG6f5BqQEllEOUgnjMwXU6DLb/2JAt/Y5UDTLGW91rkSbqcxZxrB1pxVO6A&#10;gnGnHCEudP+ogkgbaYmPMIrP4sP4jd/4jXzJWhoyZEihjO5/hzodiHNynyR81pHUgU9f/OIXC3m6&#10;f5A4oJYsX1qoDMSiVZOO5hkFWYt9T7RR8HdavpWrFWEBvSbJj6NyB5ScEmDJrPvfdaDWMVmUcDCK&#10;uF/t8lmDZ0c0BSGJ6vzp88IuETUP98orr+RLZyectEo7wCd2hpKn+weJA2rYyNpzNrh6i7QQkgB4&#10;wgewqxDpKuEveGja5zgzitifMR3fc889Lp3ogMSO9Enqgf6eAw8wf+mCQn4aGdTAgTVBiwVR4bU1&#10;6Z2SH81AwnQDQpPE0Ztvvlnk/5s0qR8FPPGJaAKbR92/jhE6atSofKu15LtGgjf1iXeky1guLllx&#10;JF/3DxIHFH6opTLnUz4h2JR84AdjjwruDt566618ag35D9gnXRflPOt6JR8fAklUyoDSfi43v/Ri&#10;qG+27bKlj/M1qnmUyZMnO5/qyLe01JzDbA6m49xvPzj8wVD/QM4Q4Sd98gcLoUZ88mcnljdNWrh7&#10;e/tiL4KJA4rww9KAJS7Qgj4QN9X7TlcRqGUhLTlvfUtr83rRBiWfB6sl0xaVMqD0Ds3qv9lNtRoY&#10;1rEHafoLt8B16O08/8M3+UJHS7CKhbbkE/HAp8GDB4faAAhWrfg61tGV9ptKlKvi/hMGFDHwpQG+&#10;IJ/27dtXyAdxhNBOl7UeeBwJ7wCaNg/LgAT6eOiZZ57J17Qp64DCpbaU7dy1i9k/L1nKwGtZxEdH&#10;1GN/gIAFCxZEfpSwB1KOgW31r88SrffF4Ixysq/B5GF9kPqaLd37xAGlXehY0yjeeyUfxJ2JwRfp&#10;snHSbIt0XQ6presF519Qy9PFHQ9lGVA8XH2sEqfIr+O9MIMnkZRNIi1/ivO9OWxErdIjYUB8YsAS&#10;rULK+ID/0zOkkHZkO+3p6WbfiQOq1321ejBRMijJB0QZ0IQ4AUGgDB5d1o+49Ed/9EdOOZ/DWot0&#10;3R69e5jXC57f/HyobJQ75SwDSqtuPDCsmHfR8IMF/N7v/V6+FZukXBTxcvVSRTwXq18NrZKto1X4&#10;BI+LoJLzwzgf7S+++GKhPViPKMugxAE19amwhoG1+/LXX+Kc4ArG92zCxaNLrdPQryZ8hy/78CM2&#10;8FB1PmZH1vUKpjw1NVTe4tdQ8RV/UYCTfJ9wZ635piuuio4Tp7Fl55ZQ/7/2a7+WbzEbwUhffXWt&#10;TjjXEqeLJcD/lu5/0aJF+RazEc+djYO0Y53faSQOKJyFSWPA0n6EF9JlLMhRABfIy7PKCDZv3uzK&#10;avJ9Fa1Zv8a8XgEP/Y47wwfaS5cuzbeWjvhqNc/A7Gn1FYU5C+eG+of5zULof/sMfBbrbi0XA8yy&#10;vvZAHCF60Xwr2HVwt9mXIHFAAWkMEATIIr4kHVRHwE6BpUwTg4oDUTm1FqC7zGxlEZYYuqx1nRaI&#10;vKnrwQctW7asSJwhxAzM8RHLn67XsXNHs/0krFxXqz8k4EgqSquA50iQRz9mHaE4SjEAxWugbweI&#10;APUrX/lKvsdiQvGvX79+oTq8qwPHDpp9aKQaULfcGtahyTLKK0V6psBJlnWdUXh+0/rQeaQPSz9e&#10;wIMc+9gjZrtpgQSbAWG1DzSzb+HuHneb7aaFFchbwx9wPm67/bbUketTDagVa8Nf2ZgxY/KvuX5o&#10;1apVof4JVW9dZxKwxP3UucVbdQsMpF59epntlIotu7YmvjyNVre0MtspFfg0vVAJT5OAO++ss2Kq&#10;AQX8F2Ex53VBLI9aoAmidhhpceD4QefLgJlXt31TqxbOvydm9GkY31Jx7NQxF1m8Q+cOoYBJzW+6&#10;KRgwaKDT9yr3HuOAwcfaF9YF3e7p5lRwpP/GN1zvds9oLaADZ9VNQuoBtWZDbWgvwDLBel/X5Efe&#10;nDx9snl9VTQMpB5QQB/DAORLzCB1RRhg6v6QrdTlzFFF+cg0oHiZPnOLaXldDCorREdaxrCKs4fQ&#10;gOLIwMfK51aFKrzyetheHuD3ulLEsYCvnQn82LZY71rXW8XZhQTRziH8AjV8q90NW8PSbsDuxbLj&#10;ykIcuWgzIMGk6ZNC/RPU0C9TRYODmejAyNMvFBw4dsA8LYdZR48nLbFc/vCHPzQNH9m6M3j9vrWO&#10;VhUNFmZiAaPGjCp6sWxto4RyDDaWQl/hDmIQoQXQrl27IpGAhiUDeeSxcAj4KhoszMQQOMX3XzCM&#10;+v1D4o0Zs+LuHveYZ1b4xLTKJwH3QkRzF6AkJr6X+CAkXdeZPXu2Sxs3blwovRRwJEVbWg8JQwfS&#10;+KgkDfVo9NnRecdaCHVqySsXnAmiavSDH/wg+MY3vmHqrxOsm2tCk9PPKwFmYhFWrFtZ9KIBVijt&#10;vcPYrGhzWxvnpMtqn36tOmmAqRaEaTsWH6JLLXFUxIJWxzVBxsbhqPwuBzjMgLQ+evv27V2auMkR&#10;vSVmb0yoRManw6GVClG0o39UVYj1AuEATsrwcYnCI/3r+iXCTDQxY/YM86ULHn1iXI3KxTl2fQE3&#10;QbmHH304Vr6EqqlVPy1kQKFWI2lyOMz/XAdqKhD/i1KepRZbCmRAQUQbJ00PKDY07G59BcSPPvqo&#10;yMi1FKB+AnEGKmkoQmqzc9GBZ3aEeA6SVyLMxEi0aNUyUcgIj3XyrdecqOHlk0eDTds3B/tfPuD+&#10;Z+eY5nhBe1MpFTKg0MtGdYaBwteqtU1RzodYEpgl4mwHs0IGlAxU+EY9oESDY+LEiaF6LMfacKFU&#10;oLkAMeux3Ddu3LiojBylybVUYKk3E2MB471uU7FLl0pgzYa1zu7M6jcrZED5hF63LqfVhbXRaLmQ&#10;AcUAYSCjuqIHlBy26xm00uBj0jr8DC5ZTvnIIAm/BvFR6folwExMBS5ow5bi7X0poB09NVcC1pJH&#10;4EFIL2sy7WvL2EpADyhxTyje8hhQMOaQdkIBUAj0veyVAjz66g0BR1pC/F6yZIn7HzkiwRdFFZhd&#10;utQpAWZiZuAVGJ1qa7BYYNnEUmTYCNtxayVgDSgYUohI7pLGrgrSziAqAT2g+I3cTYgBxUwvTLio&#10;G1MW8t3rlAIxlNDLJ55XIP6H4OEwcwOEq4X27t1bKF8CzMSSAVOHCVaHzh2D4aOHBzPnzQrWbVzn&#10;dJmGjx7hoizgJtkSjlYaMqDw3oYpklgV8xA181lfA0qbVzGgSGOwQyw17D65Nqhly2jFuLSQ/mgb&#10;P+TidZCTCeGvcFyi67A0l7nsmYmfCKACs2bNmgJw6wff4g9m+CbytblQJYB1D+1qIS4MOGnaNJ9l&#10;CfVkHGSgVy9+oCoB2AicxGEsgd8DkUNhss51+OWJc0y6NpDICDOxiipKhZlYRRWlwsWJtTKqqCIr&#10;XszBxRwemsO3crAKVVFFFVXUJ5iLhuXA3NRoZQ5sfH4+cdokZ3FjiY2qqKKKKuoSzD0Tp0/SQhjm&#10;pkYf8eORJx41K1VRRRVV1Ccezc1F+QmKuamGrXpi4hNm4SqqqKKK+oSyxwMfrwkKxbzjp48He4/s&#10;cwGv0Z1asnxJMHPuzGDqjKnOAT3+1dfm0onUvvfIXqfRUJf+AhoS0OB4+bWjwarnVzsfDvf07O7s&#10;5bIcxF962WXBHR3uDIaPGh4seGahC1Ru9dVQcfLN14IXtm0Kpj09Leg7oF/QomWLTPp1aNE2b3FT&#10;cF+/+5yTFQJOZgkCerbBWMdHx4KlC4Jhox5y8bJxfmLdq4lzakLP3HV312DsY2OdHSxehOrrG2rQ&#10;ExQW5/i2en7z+uCh3MO9/obaGMqVBJHjCd+76vlVzi/Xx9XSnQlp39H9ucl5WjnKAalAjAMcxGzZ&#10;udVpd1vXczZAZDk+ojZt25jXXUm0aNUiWLhskdNkt67lbADZzbbd23LjeUgoDkVdAC2sRx5/JNh5&#10;oO6cBDW4CYpIb3363RvrZ64+8Klzz3WqfzsjIvI1JDChcq1JtkUaaFxhpYieKtaCOH9EOwztLMw0&#10;cFsbZ3rrA05j2apl5vXVNbj/x3MDOcuYwRsX2vwE7EVnF9/GPIO5c+c6rTW8aiSFJdBAPbP//QOc&#10;J1rrGusaBOm1nDdEgevF0yrvWjTecCJOjNnHHnss6N69u7Phz2Lz1Kp1q2D/Mdv4sVSc9QmKmffp&#10;3JYM1jutj8L6Bi8J7m1sbrXIoiRf11j87JKg8Q3FdlACtnKDBg1yDuKx6MS4rxQSXWT8e6NGqn1r&#10;+2BVJV4u0ZOsa64ktu/ZEdzZ8U7zOgQEViYeHt6C00SRiiKMNQnug6XInXfG98lYXr1+TaJtYbmA&#10;WyTIz0UXR9vXYTwwZ86c4Ld/+7eddTPvshRCD5xYg+iKY10jOuwWiIkzYcrEiuxEztoExVakT98+&#10;mRyXAvShe/To4cJJHD161H00RAcnQoJYi1hEdCtMzwmig+EBzt8xm7IMHZPQpGmT3J5+YfDaW9ld&#10;O5cLXvq8xfMjByVsPZMIFit1SXh/JoJYx44dzetgUmeiqotntH3vDvcOrH4ZT3BAfrCEuiA8C8Fx&#10;Rhng4u0Z8YR1D+WAbRwywShZIgEkiGqWFNGtXKL9bdu2ORfw1nUATuHKEQHU6wR15jNvODlPWlkS&#10;HxsfAA87bvKpFOHkBB/vWVj7Rx5/NHjlzAnzfisN2Ocbmxa7zgJwCnBKWQhLe7Z5uh22PidOnMgU&#10;HAxbUAxmLJkHE9XEaRNLdiSsQRsjHrb9hWBfTESXUgjOiNgLAnFtkYVYLKMWu+69upvR57ICjmzJ&#10;iqXBpZfVOosWMDGzcBMk92wQz5D+rUkTAzIWlVI4ynqZoLiwuYvnxW4NBLCOeGsivI+YN9Y3wQZj&#10;Bkpc9jTWcLyUh0Y+ZN57JfDGZ98MJk6daL58zDZxuJOVdSfoid+WBsb5WdvEh02UFWPTpk3L2vLE&#10;yVjYwmSNtqjp7bffDrUXFagliVhEifWl2xIwUS96dpF5b2nAs2t1cyuzbWRp2J+Xun370Y9+5CYY&#10;vGzwf6lE/yxWOlabRr+B/coJnQBq/qnkBLXnyN7gphY1cejjQMRqy1/i2SYeOvIb7X0sCp8+77xg&#10;0vTJFeEWNJj8rP4QaJbKxvvhvDRYjV966aWSBzxbHx0dUsCWZ8fel8x7jAOOVS2uAbt9uMByiK0q&#10;rvp0u4gBkLmUSrwTolv5CwqL75yFczJP1IT6aNvu9lBbgNBgWbhm/C5wEEIEr6jtoQ+4Yry3EA8H&#10;sUGaMcFigdc+S3zT+97e5j1Goc4mKD5SQpOe++nokyBeGEEZyxFe1ifhhAtWHq7Fuh8BkZ5wpGY9&#10;lyxg735vv2IfUWxBv/CFL+SvqnSCU2Dixb8nAxbVhPvvv7/k4JCacMLRq1evomsnxDCqHNb9WmBL&#10;47fhg+3t6tWr3QL3UcJBgGzjs8g+4f6IV83Em5arp5x4J/Qxd1HYx34c8C1rRQ7jmuLCHWviuivl&#10;awxXUHjvSbMNhivzwwKCW2+7NTjxRnRIZY06maC27SmOpeiDQVXXgty6pLVr18Yea5e6WmosWrao&#10;6ENC1kI8xFKIj5dnzqFCWnCwwHa3FG6KlRSPivr6wd3d04X7IwhXXFjBOPBB4sAYUQHXzr2U48wY&#10;QTAOmbM+h1OnTpncShpOkrFzT897iuoiBE+zpYULhGPy62ugSsIkwrYMzgpvTqgXMM6s8gK+X04F&#10;kwhu1I/3xfMYP2VCqm+j4hPU0pVLY2VNrNJE7i11+9BQiOvHTVebNtEKgUzSaN9azykNiHXutwmn&#10;UAox0fgC8bRgEDPQSiFOVy2Ok1NQ654FcOAo5/r1unXr5gLm8oH4eVHg+qOOxZGZsU3EtzITMdeL&#10;HAX5I30wMeEQs9TxikzHkst179Uj0RgfqwhfFw0OJs0JJde7b9++SF02Fj7kkOJGziJ8JVpbVQHP&#10;lEk7jmibgwe/LmM7jc5URSeo5WuWRz4QQAhwBsEniWDlcQMXt2UYOnxoZk3bJyaPL2qnc+fOJR8c&#10;4GzcX8myIGkgRhHXi8Dd56jZtsSZjBx+9Yh5mupfB3IVfIEvXry4KFx7EpCvIMcrVSieltgy6zCt&#10;4Mqrrgw2bnvBvHfAyXDXe7qF6gCUStNwT4gjtFdeDVwkihfeNIQ80moHwHGxlYsjJkG4M78up7vW&#10;vWtUbIJCaTBqpmVwjh8//mMja8pKrBJ8hNa9Aybtp+c+nWm717FL8XYEbedS6WxNUBCCXN/0pvH1&#10;jYOdB3aZ9w5e2L4pVB6wDUki3gUKhazaaEknbVU00J6HQ8UbciV1iFiU/cmTbwKTHOveAXK61jeH&#10;4/qwCKJ7FkdsZa2YPT66dOniTn/TEmokVjuAU/ckYuz69Yhlbd27RkUmKIx1W7aK9nQ8duzYSDYy&#10;iViBEcgxucF+wzIzeFghSuUmIK4HmQxt0SZt0wd9lXqCw4cYNUmjzJdWMAi3dcGFxVuSL33pS/me&#10;stPZnKD4EPj4dXtoG2Pcbd0/mDRtUqg8wCynVPre977nTDjQyYnj8n0gt+LekxSBk8gKETQ+xyVb&#10;9w627t7muCxdni3Vt7/97XyL8cTYJlCGPx5RSUCrPitt2bIl1I4GO6Mk+vrXv15U79rG15r3rlGR&#10;CWrkwyN1IyEwU2eZSJg4OJ0YNmyY00GKG0ysQgj47r77bufFO4kQEKMz06RJE1OpUIOVF/Z1586d&#10;qXVsmNysMNsCDFit5+eD0ztfAM9AkzgHpdDZnKA4RfJldVjUL1+73Lx/gFmRLg8k2Fu5xAL04Ycf&#10;Olko6i3+9jMKcDCMHSY6ZHJZFl3q+O1xj9a9A7xv+NtCZLsSFywNcX3ISZmoUMlI2orFEWoD+lo0&#10;JHhNHDEG/Hqojlj3rlH2BHXk5MuR8hdkCO+//37+EuOJQbN///7EI/w4oMiHTMGfEDlaziJU9cHk&#10;wEuWCI1xhH5RnCxkxboV5nP0QdRJvy5xMkqlszlBffnLXy4yh8CDBFyCde9g9frVofIgzRavVEIf&#10;iuskMlOW58Qkgr0jCxn6clGTlnVAgVjEuneAW5vmLWrDaQAWrXIjwpdKGBTra9GQyFdxhHqOX69T&#10;l07mvWuUPUGhmKgaCGHKlCmFAH5xBDvKS7baAMgvOE3g9IYJgGN2OCFrIoDj4tSE42Vow4YNkSsk&#10;KxLbBqIrwYExQLHqtpQMAYMszb4d7wBWfYCphvUcfVgmHWyVSyW2KOivcLIDu85Rtd++hsSAoTxA&#10;tlEK8cESQ8bnWJvf1DzW/OPQK4dNLrccLgDietJw9O+++25R32nBSRuh4VgYEeKzIyBNl2Fii7PT&#10;I7Ryxy5hO0fG8XPPPZeKc+MUkl2IBd5rFnMetoRROw7SOaRIIuskc+y45BPusieoHr176gYKYKLA&#10;fUMS8bAlkpcFXkjU3p+BxsrFBMZD94XwfBhWm2DChAmRJ4pcEy+YVX/GjBmZTjwgtg5WnwC9ljSa&#10;5hxBn3d+sZ4Vhs7lEp4JBg4cWNS2BlvnrPdtER8C23y//THjxpj3LWCb2+ve4nHhByBNS4wVYkhK&#10;O0S24/5oy5+wkEsSjln3K0D5lMD4cPpR8sY0wHEczgStexdMnj4lOOdT4cUVsQPytCTivvyDCQGc&#10;WJo2+A4IlO9PrhoYS8N9xhEMhV+P3c6ug7vN+9Yoa4LCsp7TGNVAATyENGr4cTZhHE2WegTMhxEV&#10;UBZFNPbEdUXIuqx+we3t27kjdOt5+pj85JSi+shAssghLKrPCQoTCb/tG3LPP40rjuc2PVd0Csc7&#10;5SQrDRchdObMGVOjWQMBNJNOlL4UgIPmhFCIa+BdsyDxPNPKssAzK58x71mDhaxZjtP067KbSCKu&#10;jcjZcaeYqK1giO8/Sw6NqItYJO6e8BrB7ieOUObkNNWv+8BDD6RaqMuaoNgnE+tVNVAA26c0dlJ7&#10;9uwx64Phw4fnS2Un2NIo2RirUKkndWmJSdDqu2mzpsGOfens0djm3HZ78VaMibscq/X6mKDY2rMN&#10;99tlS7D+xQ3m/VoYYRzA8F6ZdNISH+Dp06djOfU4sB1me5zmFA/OBbkrZi5RMXx79ull3quFg8cP&#10;mkbS/fv3d9v2JPrWt74V6w6lFKBHBWORRHxjnPD59VkI4lRMNMqaoF55/URw1dU2+8dKBHuYRAwc&#10;qz5ghi91IuHjipqgeMASrLkuiGuOOn28+ZabnS8s63lawJ+SZWzNh47tWRp5ik91PUGxqrI19ts8&#10;/4Lzg/lL5mc2/3lq9lPm80SgnbS9sIiJBst9PA/gO8tf4ZlY4dKwJyyFaJ/g5D4HDzfywLAHMivt&#10;bn7pxeC664uVLrEp1BxdFHE9yNQsZcm0YLxx4pnG/o8F4fvf/77pfuaa667J5HqmbBlU23a2QJnJ&#10;gVUnifhYrPqAjyTJcJWHwWrqy59IR85gtYtOEvKpJMIgt5RByqpl9QtwzXviTDp9KAHyKMtoGCD0&#10;zCLwhOpqguKZ470yamHYsmureX9JYEJ7cuaT5iQFd1Hudr1S7lYgTnrj3I2U6rsbsUCUzAs3xWkX&#10;Kt4Rp41opHOdcVs4Jm5knnDD1EtLHBBY7d3c5pZg/9FsRvRlT1DDIxyIceNp7cawdYp6UAjo0FS1&#10;OCl0UXC/KnUZwOjbIPfAjoi9dBSbzSTFKaPFJvMB46taPgjaR/aDHg4rbxKxevr9CQYMHpiZgwDI&#10;bIjMYQ1S0pBLpOUKKz1BMXgZyFEfJpPyoVcOmfeVBWx5sYT32+f9dO3aNfjggw/yV5SNkCGhwClI&#10;o07i04cffuieqTU5Y/C8cetG856yAJnNqLGjzYkabgVxSSkcdSUIThYD+ii5L8EVSvGuWvYEtWJd&#10;tLU0pzdpZCUMcATqWW2pLPCRaG1b5GA9e9onjVkAiwvXlTQAOFa2Tq0EhC6ynmNaYL82ZOgD5iAF&#10;eCAVI9AoQk6CugRqFVFAjsJWLY6YwBYuXFikUCjgAGXj1mh7s1IAB8JEzfuw+nTeG7dvrxebT7ZO&#10;KDBGLYJMnBiLZ3XSlgTMYG5ta6uJ8FxYSOGS6pr4FtAQRx5mXQu4s8Odmdzr+Ch7ggKWMy0BekVZ&#10;iO0a/omiOKoowEnxYUWxouyJcUkatf2IAisTelJJHytE34cOHYr8ePCNVQnXr4Bj+D59743sC8D1&#10;oTvG6l6JlZXJF+f7I0eOjH0/KGEuXr6kJE4xC2bNnxV7BM5qPm/ePMf1Zt0G+8S7ZavDCSpjOq7f&#10;Cy66wHE6dRk/j2eLbOrmNjfHvgu2aXwXbFujvo20xBjiVA51jTg9OhbPDp06uAhN1rVnQUUmqOc2&#10;PR8ZDJGHl9Z+SIgHCQcAq43mLFqsTC4It+GQcKqGLgqCTD6aNKcrQjxk9Fy++c1vOidkCBrZFjIR&#10;0Qf6L+hW8VFn1bdh62T5PxJMn/mk+fzKQY2f99Xu1NTqU8B7YDKD2xkzZowTELO1Rh9GBM08c4Su&#10;mNRweIEAuXXr1q7tNDo/+HlCt6euJyYN+qLPOzpEP3cBixNbe7aD6M1xlI68UJR6IcYcogO2fYwD&#10;/Eox0aVZ2PAXz6RRn/cPWKxG5ybEpEWdd8jhFQzAggULnIoBUVrgtmSssxCzmGP3iagCfUG4UsZO&#10;UvuoFs2Y83RForkIKjJBcUFDHrIF0gCTl3JMJT4OhMyLF2/dP+jRq0fJAtI04KPA7Gjxs4sd+580&#10;mCoBDH6RLaA2UZf3lhbIaDZu2RgMHGzLguoCPfv0DNasX5vo26m+sO/lfcGkaZOLDI3rCjgJmL1g&#10;TnDwlUN1MjFXZIICvKC27e0TPcDKncV/8seJvvOd78Q6rmvavFmw60Cy1mylgS/rGbNnBP3v7++2&#10;AklcVhRg2QnzhBY8ATIJ/13JVbKuwBZr+doVTpcKuy9CeFv3lwao03Ts3DEYMXpE8OzqZ11MOqvP&#10;hgTeERzdhKkT3USK0meU7DIJjJ1bbr0l6Dewv4tjWY5cKQsqNkEJ8BSoGiwCCmzlygMaCrEV/e53&#10;vxvpGAzwYgnfbj2rhgAG8eETR4Ktu7Y6/aw02r2fNCDExmUQH11D4YTqE3A+h185HOw6uMtNvPW9&#10;RY1DxScoBvj9Q+7XjRYBG6EszrIaIuFCN8kRPfZWH4eVtooqGioqPkEJCP2c5DoFNfhywwbVNyFg&#10;nzlzZiKr3H/Q2YvTX0UVnxSYE9S48eMcq5uE0++8HssO8oFiFKg6MMGRJacGWU/N6ovYymHbx+lX&#10;kvAZuyf2/dbzAAiT4TKt51lFFVWE8dj4kKO/8MeWBpwWvHwy3m3E0deOBbe3T2cHJG5TytXZKJfo&#10;H1kZgv2okNYauEaZPnO6ef8CNGlbxLhGrqKKKmJhJibioksuDp5ZuSyWm4Jz4DgaR2VWGz7YHmJu&#10;wglZfU5W6AFhAoO74TRH9ZSZNX+2m+2t+xYQ4y6NLlEVVVQRCTMxNTCGRGnM+kA1Dh4/FAwfPTyT&#10;rgpO9/F+CYeFGUYpVuyaPvroI6ekh1O9xx9/3GmiZ5lAOt/VJdZlrYCJefCwISUf71ZRRRUFmImZ&#10;gL7T3IVzzY/VB0fc8xbPD25oUr4NHlbt2EQRQAFHWmjAEioHOzwcb2UJPxQFdGGIxJHmKJ57m71g&#10;dqwpSiUBJ8eEjzavhbgJ0q9nlRHQjy7bUCZeFpe01yTl0iyQvD/CjHfo0MGNo7Sc9dkG451FHdtM&#10;XFhj9sQ9W2Ut8AzlOWWpV8cwE0vCRRdfFLy4c0tqnQrKrVi70inTNaRBj0M+bL7SKiZyHzjyqy9N&#10;XgGuZeAK0xDcJ6ZCUhfbOm0uhL2dZZXerl27kDcHXNFEWa/XJ5hEMMvQRAAOayIh7JIQJi6+Ezvq&#10;sMglea2gLgthQ5qsMGPBRVAc8Z63bdsWu3By/76bIcx+rLL1DDOxLFxx5RXBgiULzI85CnzkCN5X&#10;rlsVdOverd4mLFZUtIUxdD104nBm841n1y4PrrrmKrPtuoaeoBiEbFvRbhewkmLIrL0cYEgr9eES&#10;xK8SMj/01LRBLFtg7B4lHwdoSWok9QVrgoIIsOGbH8VNUHBIH374YT63xjaRKEHUadasmctftGhR&#10;SNGYMORR3gzqE3jQ0D7RVqxY4Q53WECwpSNkvI6Hx31a7WCraHnLxHURE7JVpx5hJlYExMAa+fDI&#10;siyckW9t2709WLhskbMBGzB4gDO/wFCUUNpY0VvmHExwF19ycdCseTM3ASEre3T8o64d2qPdtJye&#10;D0JUjxwz6qxzEv4EZSmR8oFpX0cYR+t83N3gpVMInS901YhSo70hEAq7oXC5wJ+guEeZiOEEdJSe&#10;qAkKQ3QMyIWwHZU6PrAc2L17d/DOO+84Z3c4DbTK1ScI/aQnzq1btzpDb83hcd0YxwusBUaHNsOQ&#10;GK+lEpnphz/8oel+uB5hJlYcV+Rm9Bmznw6OJkS1aKg4fvp4MG3GtAbDQYAsWzwOB9iuWe0A3MtY&#10;7lngoAh9ZdU5m/AnqCNHjgTdu3d33iWEsN5nUo2aoPr06VPQw4MTGTx4cFE/DR144sAdinXqzeSF&#10;C26cOfIMrAMhPHMKMcnDeVFOB8Vl7JxFmZSZWOfAfg87qFK5mLoE1wSwV+vRp2eDFZD6HBSDDV9A&#10;gvHjx7v4ZVoZlhhzUfeDIzo94THo8UltlT3bsCYo5DEIhuEC5IOF64maoOAmheuCc+R5+v1o8Nw0&#10;rDJnE3gQYQywzeW+WHD0xMX/bPukPBO6yJ0YI4wZuTcmdj3Zc/Kt+6pHmIn1Ck7Kut7TLZi7eN5Z&#10;MxVBp4nTxa53d62xgD/HvtaGhDRbPMCgFGKQYrZjlWN7wGoshEtfq1xDQNQERR5/tW987eJZT1DI&#10;mHSQD7gG3YcGp2MSV44PXx84nA0gK8QXPNwNQE5mlcPKQXvaRKDOsyMPz5hpCU46LtBuHcJMPOtA&#10;eE34Jfx5j588wQmx0UE6+WayzpUFZE7UX5JrB7UB/Ae1bX97YVB/HOFPUAh3CdslYGuGj3g96VA+&#10;SsD7SZmgBCjfipBfyBeSI4fCWZsQzxGPpGyd4CjQw8PRn9bBQw6F6oHu62yAQAXCATJpnjhxwvlI&#10;Z+LFvzyHJPgM1xy0HJK89957+ZSamI44XaSeBo4icW8sXBgKzVGunusQZmIVHwOkkUExcNm+oJ2/&#10;ePFisx3BJ22CAkQF1idd/gQlYBuIiRMTkd4WCeHvHG+knTp1Kqp7NsG2jslGvzefcP37+c9/vhC3&#10;Ea+yco+MH+7db1eAFxId8QZXQ/W8qJuJVXxMoGUiFqw6cSin7tlA2mvNel8IiuHikcWkrXO2wXVy&#10;vVx30rVneRZAymepUyGYiVVUUUUVDQGNfuIlVFFFFVU0ADT6yf8DlzYatVvJc7YAAAAASUVORK5C&#10;YIJQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBTVUdNXQIAALkEAAAOAAAAAAAAAAAAAAAAADoCAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAAAAAAAMME&#10;AABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsBAi0AFAAGAAgAAAAhAE70c7vbAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAtgUAAGRycy9kb3ducmV2LnhtbFBLAQItAAoAAAAAAAAAIQAK0ZKO/D4AAPw+&#10;AAAUAAAAAAAAAAAAAAAAAL4GAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLBQYAAAAABgAGAHwBAADs&#10;RQAAAAA=&#10;">
                 <v:imagedata r:id="rId1" o:title="" cropright="-172f"/>
               </v:shape>
             </w:pict>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0779DD63" w14:textId="77777777" w:rsidR="004761F2" w:rsidRPr="00490E36" w:rsidRDefault="0046382D" w:rsidP="004761F2">
+        <w:p w14:paraId="0779DD63" w14:textId="77777777" w:rsidR="004761F2" w:rsidRPr="00490E36" w:rsidRDefault="004761F2" w:rsidP="004761F2">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink r:id="rId2" w:history="1">
-            <w:r w:rsidR="004761F2" w:rsidRPr="00490E36">
+            <w:r w:rsidRPr="00490E36">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">4.0 </w:t>
+              <w:t>4.0 Internacional</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:hyperlink>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="81" w:type="pct"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="692EC6F9" w14:textId="77777777" w:rsidR="004761F2" w:rsidRPr="00490E36" w:rsidRDefault="004761F2" w:rsidP="004761F2">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3793" w:type="pct"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="42943E82" w14:textId="77777777" w:rsidR="004761F2" w:rsidRPr="00490E36" w:rsidRDefault="004761F2" w:rsidP="004761F2">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:w w:val="105"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="pt-BR"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00490E36">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:w w:val="105"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="pt-BR"/>
             </w:rPr>
             <w:t>Esta licença permite remixe, adaptação e criação a partir do trabalho, para fins não comerciais, desde que sejam atribuídos créditos ao(s) autor(es) e que licenciem as novas criações sob termos idênticos. Conteúdos elaborados por terceiros, citados e referenciados nesta obra não são cobertos pela licença.</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3F06B0C9" w14:textId="77777777" w:rsidR="00D63C43" w:rsidRPr="0046382D" w:rsidRDefault="00D63C43" w:rsidP="003807BD">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:widowControl w:val="0"/>
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14EFC6EF" w14:textId="77777777" w:rsidR="00D63C43" w:rsidRDefault="00D63C43">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="49BDE54C" w14:textId="77777777" w:rsidR="00A17F47" w:rsidRDefault="00A17F47">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7F0744BD" w14:textId="77777777" w:rsidR="00A17F47" w:rsidRDefault="00A17F47" w:rsidP="00DD7AC7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="54E50942" w14:textId="77777777" w:rsidR="00A17F47" w:rsidRDefault="00A17F47"/>
     <w:p w14:paraId="71A119E4" w14:textId="77777777" w:rsidR="00A17F47" w:rsidRDefault="00A17F47"/>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="04825A2C" w14:textId="77777777" w:rsidR="00D63C43" w:rsidRPr="00FD0B06" w:rsidRDefault="00D63C43" w:rsidP="00145ACA">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
@@ -20494,123 +20428,136 @@
         </w:rPr>
         <w:t>Informação e Documentação - Citações Em Documentos - Apresentação.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="39B4790F" w14:textId="77777777" w:rsidR="00D63C43" w:rsidRPr="00DD5AF6" w:rsidRDefault="00D63C43">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0046382D">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Disponível em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2" w:history="1">
-[...7 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="000545A4">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "http://www.planalto.gov.br/ccivil_03/leis/l9610.htm"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0046382D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>http://www.planalto.gov.br/ccivil_03/leis/l9610.htm</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="0046382D">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="62DCD64F" w14:textId="77777777" w:rsidR="00D63C43" w:rsidRPr="00274569" w:rsidRDefault="00D63C43" w:rsidP="00D17901">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00274569">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00274569">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00274569">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004761F2">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>19</w:t>
     </w:r>
     <w:r w:rsidRPr="00274569">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D168850" w14:textId="77777777" w:rsidR="00D63C43" w:rsidRDefault="00D63C43" w:rsidP="00D17901"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D68EA64C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A6140090"/>
     <w:lvl w:ilvl="0">
@@ -25706,107 +25653,110 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="629938618">
     <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="785271361">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1176648589">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1286885867">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1227183092">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1590430472">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="14"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0008" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F2F88"/>
     <w:rsid w:val="0000073D"/>
     <w:rsid w:val="000007D0"/>
     <w:rsid w:val="00005414"/>
     <w:rsid w:val="00013C2F"/>
     <w:rsid w:val="0001410E"/>
     <w:rsid w:val="0001574D"/>
     <w:rsid w:val="00017A9D"/>
     <w:rsid w:val="00022427"/>
     <w:rsid w:val="00022D95"/>
     <w:rsid w:val="000231F0"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="0003301F"/>
     <w:rsid w:val="00036BB9"/>
     <w:rsid w:val="00036C99"/>
     <w:rsid w:val="000401E9"/>
     <w:rsid w:val="00040C76"/>
     <w:rsid w:val="000415BF"/>
     <w:rsid w:val="0004191C"/>
     <w:rsid w:val="00041C5C"/>
     <w:rsid w:val="00047C8F"/>
     <w:rsid w:val="00051517"/>
     <w:rsid w:val="00051764"/>
     <w:rsid w:val="000536E2"/>
+    <w:rsid w:val="000545A4"/>
     <w:rsid w:val="00054EC1"/>
     <w:rsid w:val="00055193"/>
     <w:rsid w:val="00057AE6"/>
     <w:rsid w:val="00062347"/>
     <w:rsid w:val="000625EA"/>
     <w:rsid w:val="00063B9A"/>
     <w:rsid w:val="000659EB"/>
     <w:rsid w:val="000660ED"/>
     <w:rsid w:val="00071BBE"/>
     <w:rsid w:val="000734F6"/>
     <w:rsid w:val="00074F59"/>
     <w:rsid w:val="0008016A"/>
     <w:rsid w:val="000843CA"/>
     <w:rsid w:val="000904C3"/>
     <w:rsid w:val="000922A4"/>
     <w:rsid w:val="000B2175"/>
     <w:rsid w:val="000B305A"/>
     <w:rsid w:val="000B35E2"/>
     <w:rsid w:val="000B4DB2"/>
     <w:rsid w:val="000C01E7"/>
     <w:rsid w:val="000C4255"/>
     <w:rsid w:val="000D0217"/>
     <w:rsid w:val="000D0EF5"/>
     <w:rsid w:val="000D14F3"/>
     <w:rsid w:val="000D26EB"/>
@@ -26065,50 +26015,51 @@
     <w:rsid w:val="00444CCC"/>
     <w:rsid w:val="00444DE1"/>
     <w:rsid w:val="0045012F"/>
     <w:rsid w:val="0045014D"/>
     <w:rsid w:val="004512CB"/>
     <w:rsid w:val="00451D29"/>
     <w:rsid w:val="004545E9"/>
     <w:rsid w:val="00454621"/>
     <w:rsid w:val="004548DF"/>
     <w:rsid w:val="0045525A"/>
     <w:rsid w:val="00456C48"/>
     <w:rsid w:val="00457EF3"/>
     <w:rsid w:val="00460EC5"/>
     <w:rsid w:val="004614EA"/>
     <w:rsid w:val="0046382D"/>
     <w:rsid w:val="00463AC1"/>
     <w:rsid w:val="0046621E"/>
     <w:rsid w:val="004669CA"/>
     <w:rsid w:val="004761F2"/>
     <w:rsid w:val="0047674A"/>
     <w:rsid w:val="004812C1"/>
     <w:rsid w:val="004817B5"/>
     <w:rsid w:val="00483B65"/>
     <w:rsid w:val="00484856"/>
     <w:rsid w:val="0048617F"/>
+    <w:rsid w:val="004877A3"/>
     <w:rsid w:val="00492369"/>
     <w:rsid w:val="004942AA"/>
     <w:rsid w:val="00497274"/>
     <w:rsid w:val="004A2987"/>
     <w:rsid w:val="004A329F"/>
     <w:rsid w:val="004A48D5"/>
     <w:rsid w:val="004A5488"/>
     <w:rsid w:val="004A6401"/>
     <w:rsid w:val="004A729B"/>
     <w:rsid w:val="004A7772"/>
     <w:rsid w:val="004B06B0"/>
     <w:rsid w:val="004B0ADA"/>
     <w:rsid w:val="004B0B08"/>
     <w:rsid w:val="004B1702"/>
     <w:rsid w:val="004B1F4E"/>
     <w:rsid w:val="004B5B0A"/>
     <w:rsid w:val="004B6750"/>
     <w:rsid w:val="004C33F5"/>
     <w:rsid w:val="004D0297"/>
     <w:rsid w:val="004D2207"/>
     <w:rsid w:val="004D4020"/>
     <w:rsid w:val="004D4087"/>
     <w:rsid w:val="004D4319"/>
     <w:rsid w:val="004D562A"/>
     <w:rsid w:val="004D6ED8"/>
@@ -26951,65 +26902,65 @@
     <w:rsid w:val="00FE682A"/>
     <w:rsid w:val="00FE72B3"/>
     <w:rsid w:val="00FF05BB"/>
     <w:rsid w:val="00FF33DC"/>
     <w:rsid w:val="00FF3A88"/>
     <w:rsid w:val="00FF7003"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2F91C1C1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8B554E04-8FFC-4A52-8CBA-B7247A975637}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -27081,98 +27032,98 @@
     <w:lsdException w:name="Body Text 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:locked="1"/>
+    <w:lsdException w:name="Normal Table" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:locked="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:locked="1"/>
-    <w:lsdException w:name="Table Web 3" w:locked="1"/>
+    <w:lsdException w:name="Table Web 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -27574,51 +27525,50 @@
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Char"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00D42F2A"/>
     <w:pPr>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Char">
     <w:name w:val="Título 1 Char"/>
@@ -28943,51 +28893,51 @@
     <w:basedOn w:val="Semlista"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rsid w:val="001E4470"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nmerodelinha">
     <w:name w:val="line number"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rsid w:val="002C7F86"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="38820825">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="60450534">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -29590,51 +29540,51 @@
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://acervo.bn.gov.br/sophia_web/autoridade" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.pt_BR" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.planalto.gov.br/ccivil_03/leis/l9610.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="Pasta1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
   <c:lang val="pt-BR"/>
   <c:roundedCorners val="1"/>
   <c:style val="2"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:dLbls>
             <c:spPr>
               <a:noFill/>
               <a:ln>
@@ -29989,75 +29939,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D0A3579-EF7D-4F92-8734-79008F27B284}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>32</Pages>
-  <Words>4868</Words>
-  <Characters>30515</Characters>
+  <Words>5323</Words>
+  <Characters>30188</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>254</Lines>
-  <Paragraphs>70</Paragraphs>
+  <Lines>1207</Lines>
+  <Paragraphs>546</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35313</CharactersWithSpaces>
+  <CharactersWithSpaces>34965</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="198" baseType="variant">
       <vt:variant>
         <vt:i4>1900607</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>182</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc78827777</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1835071</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -30631,25 +30581,33 @@
         <vt:lpwstr>http://centrosocialazurva.org/images/graphics/dimensoes_curriculares_pre-escolar.jpg</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Administrador</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>a0f9c58f-f2ba-4ede-89c4-ffce157a667c</vt:lpwstr>
+  </property>
+</Properties>
+</file>