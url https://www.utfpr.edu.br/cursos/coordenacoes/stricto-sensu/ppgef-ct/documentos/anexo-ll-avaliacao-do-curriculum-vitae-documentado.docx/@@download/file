--- v0 (2025-10-15)
+++ v1 (2026-03-03)
@@ -1,6281 +1,9350 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="394DF8D3" w14:textId="7F4F9595" w:rsidR="00FB160B" w:rsidRDefault="00FB160B" w:rsidP="00FE7D95">
-      <w:pPr>
+    <w:p w14:paraId="6438C373" w14:textId="44BDA0BA" w:rsidR="008E5DF8" w:rsidRDefault="00427DC9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6636"/>
+        </w:tabs>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial MT"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="OLE_LINK3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial MT"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70AEF588" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRDefault="008E5DF8">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial MT"/>
+          <w:sz w:val="9"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19B5AB04" w14:textId="77777777" w:rsidR="005C0EA0" w:rsidRDefault="005C0EA0" w:rsidP="0005390C">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="284" w:right="909"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B2A7AA7" w14:textId="77777777" w:rsidR="00FB160B" w:rsidRDefault="00FB160B" w:rsidP="00FE7D95">
-      <w:pPr>
+    <w:p w14:paraId="4D96AAF7" w14:textId="77777777" w:rsidR="005C0EA0" w:rsidRDefault="005C0EA0" w:rsidP="0005390C">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="284" w:right="909"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="4"/>
-          <w:szCs w:val="4"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FFDD3BF" w14:textId="77777777" w:rsidR="00FB160B" w:rsidRPr="00C9597C" w:rsidRDefault="00FB160B" w:rsidP="00FE7D95">
-      <w:pPr>
+    <w:p w14:paraId="63147098" w14:textId="77777777" w:rsidR="005C0EA0" w:rsidRDefault="005C0EA0" w:rsidP="0005390C">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="284" w:right="909"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="4"/>
-          <w:szCs w:val="4"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C5B8B41" w14:textId="6D4385F9" w:rsidR="008E20E9" w:rsidRPr="008D7906" w:rsidRDefault="00FE7D95" w:rsidP="00FE7D95">
-      <w:pPr>
+    <w:p w14:paraId="0ED96003" w14:textId="5E6AF0E4" w:rsidR="0005390C" w:rsidRPr="00037A33" w:rsidRDefault="0005390C" w:rsidP="0005390C">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="284" w:right="909"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008D7906">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00037A33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="001A46A8">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0EA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="008D7906">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>icha</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037A33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00743D56">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C0EA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008E20E9" w:rsidRPr="008D7906">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037A33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008E20E9" w:rsidRPr="008D7906">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0EA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidR="000E641E" w:rsidRPr="008D7906">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ocumentação</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037A33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00923DEC" w:rsidRPr="008D7906">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> P</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0EA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>robatória</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037A33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007D1DE6" w:rsidRPr="008D7906">
+      <w:r w:rsidR="005C0EA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="001A46A8">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037A33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> para a processo de seleção de bolsa de estudo</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> P</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>rodução</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037A33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>cadêmica</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2022-2026)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E4E43DA" w14:textId="77777777" w:rsidR="00FB160B" w:rsidRPr="008D7906" w:rsidRDefault="00FB160B" w:rsidP="00692892">
-      <w:pPr>
+    <w:p w14:paraId="567A33FE" w14:textId="681D3619" w:rsidR="008E5DF8" w:rsidRPr="00037A33" w:rsidRDefault="0005390C" w:rsidP="00474AD5">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="2802" w:right="4013"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00037A33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="4"/>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00427DC9" w:rsidRPr="00037A33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="4"/>
-[...6 lines deleted...]
-        <w:ind w:hanging="426"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Anexo</w:t>
+      </w:r>
+      <w:r w:rsidR="00427DC9" w:rsidRPr="00037A33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C9597C">
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2721F" w:rsidRPr="00037A33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="001A46A8" w:rsidRPr="00C9597C">
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00427DC9" w:rsidRPr="00037A33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...23 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>I)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="16165" w:type="dxa"/>
-        <w:jc w:val="center"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="257" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10343"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="8049"/>
+        <w:gridCol w:w="1042"/>
         <w:gridCol w:w="1276"/>
-        <w:gridCol w:w="1559"/>
-        <w:gridCol w:w="1144"/>
+        <w:gridCol w:w="943"/>
+        <w:gridCol w:w="2033"/>
+        <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F54612" w:rsidRPr="0031643E" w14:paraId="5AC875E6" w14:textId="77777777" w:rsidTr="004F36F8">
+      <w:tr w:rsidR="008E5DF8" w:rsidRPr="005A1981" w14:paraId="282DA39A" w14:textId="77777777" w:rsidTr="005A1981">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10343" w:type="dxa"/>
+            <w:tcW w:w="8049" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B69D584" w14:textId="79F12FC1" w:rsidR="00923DEC" w:rsidRPr="0031643E" w:rsidRDefault="00923DEC" w:rsidP="001A46A8">
+          <w:p w14:paraId="292972B1" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="00A41362" w:rsidRDefault="00427DC9" w:rsidP="00A41362">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031643E">
-[...19 lines deleted...]
-                <w:szCs w:val="19"/>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>Tipo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>produção</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1042" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7630EAE3" w14:textId="77777777" w:rsidR="00923DEC" w:rsidRPr="0031643E" w:rsidRDefault="00923DEC" w:rsidP="001A46A8">
+          <w:p w14:paraId="3621AB7F" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="00A41362" w:rsidRDefault="00427DC9" w:rsidP="00A41362">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:right="140"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031643E">
-[...3 lines deleted...]
-                <w:szCs w:val="19"/>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Pontos</w:t>
-            </w:r>
-[...31 lines deleted...]
-              <w:t>Quantidade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7416AA36" w14:textId="517B6CDD" w:rsidR="00923DEC" w:rsidRPr="0031643E" w:rsidRDefault="00325F7A" w:rsidP="001A46A8">
+          <w:p w14:paraId="44BCEDA5" w14:textId="06716291" w:rsidR="008E5DF8" w:rsidRPr="00A41362" w:rsidRDefault="00427DC9" w:rsidP="00A41362">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="97"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031643E">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>Quanti</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-60"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>dade</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25CCA230" w14:textId="77777777" w:rsidR="00765501" w:rsidRPr="0031643E" w:rsidRDefault="00923DEC" w:rsidP="001A46A8">
+          <w:p w14:paraId="1EF5A9DC" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="00A41362" w:rsidRDefault="00427DC9" w:rsidP="00A41362">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="98"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031643E">
-[...34 lines deleted...]
-              <w:t>comprobatório</w:t>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>Pontos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-59"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>Obtidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03A74FBB" w14:textId="77777777" w:rsidR="00923DEC" w:rsidRPr="0031643E" w:rsidRDefault="00923DEC" w:rsidP="001A46A8">
+          <w:p w14:paraId="51822B5F" w14:textId="2ADE0AC0" w:rsidR="008E5DF8" w:rsidRPr="00A41362" w:rsidRDefault="00427DC9" w:rsidP="00A41362">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="212"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031643E">
-[...123 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="19"/>
-[...22 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>Página</w:t>
+            </w:r>
+            <w:r w:rsidR="005A1981" w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">ANEXO lll </w:t>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>(Local</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:r w:rsidR="005A1981" w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>processo)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2556321A" w14:textId="7F27843C" w:rsidR="001A46A8" w:rsidRPr="0031643E" w:rsidRDefault="009F4ADC" w:rsidP="001A46A8">
+          <w:p w14:paraId="09C6BC2C" w14:textId="698A07E8" w:rsidR="008E5DF8" w:rsidRPr="00A41362" w:rsidRDefault="00A41362" w:rsidP="00A41362">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="79"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031643E">
-              <w:rPr>
+            <w:r w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-              <w:t>10</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>Para u</w:t>
+            </w:r>
+            <w:r w:rsidR="00427DC9" w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>so da</w:t>
+            </w:r>
+            <w:r w:rsidR="00427DC9" w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00427DC9" w:rsidRPr="00A41362">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>comissão</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5DF8" w:rsidRPr="0005390C" w14:paraId="4E0B84BF" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="457"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B0D7E76" w14:textId="2ADEAD9C" w:rsidR="008E5DF8" w:rsidRPr="007D4201" w:rsidRDefault="00427DC9" w:rsidP="007D4201">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Resumo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>publicado</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>apresentação</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>em</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>congresso</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>iniciação</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>científica,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>congresso</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>simpósio</w:t>
+            </w:r>
+            <w:r w:rsidR="007D4201">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>nacional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(anexar cópia</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>do</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>resumo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>certificado</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>apresentação)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F3E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1042" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76CCC970" w14:textId="77777777" w:rsidR="001A46A8" w:rsidRPr="0031643E" w:rsidRDefault="001A46A8" w:rsidP="001A46A8">
+          <w:p w14:paraId="7FB96C26" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="113"/>
+              <w:ind w:left="24"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:w w:val="97"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0776F49B" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79928917" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2033" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05A22CB2" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2958BE28" w14:textId="77777777" w:rsidR="001A46A8" w:rsidRPr="0031643E" w:rsidRDefault="001A46A8" w:rsidP="001A46A8">
+          <w:p w14:paraId="39996D86" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5DF8" w:rsidRPr="0005390C" w14:paraId="05F0582B" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="460"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AF06FC6" w14:textId="58144D6B" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Resumo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>publicado</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>apresentação</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>em</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>congresso</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>simpósio</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>internacional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(anexar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>cópia</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>do</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>resumo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>certificado</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>apresentação)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F3E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64FCD758" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="114"/>
+              <w:ind w:left="24"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:w w:val="97"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52DE31B2" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C83D0BC" w14:textId="77777777" w:rsidR="001A46A8" w:rsidRPr="0031643E" w:rsidRDefault="001A46A8" w:rsidP="001A46A8">
+          <w:p w14:paraId="312554A1" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...6 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77EB8BB8" w14:textId="77777777" w:rsidR="001A46A8" w:rsidRPr="0031643E" w:rsidRDefault="001A46A8" w:rsidP="001A46A8">
+          <w:p w14:paraId="002C6B99" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...96 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="67066775" w14:textId="77777777" w:rsidR="0092422A" w:rsidRPr="0031643E" w:rsidRDefault="0092422A" w:rsidP="001A46A8">
+          <w:p w14:paraId="43288E85" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5DF8" w:rsidRPr="0005390C" w14:paraId="610129DD" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70730EEF" w14:textId="01551FF5" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Monitoria</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>com</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>carga-horária</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>mínima</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de 30h,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pontuação</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>por</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ciclo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>participação</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F3E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0910D233" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="162" w:right="140"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="655CAD3E" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BBBE7A4" w14:textId="77777777" w:rsidR="0092422A" w:rsidRPr="0031643E" w:rsidRDefault="0092422A" w:rsidP="001A46A8">
+          <w:p w14:paraId="2F6EFEA3" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="72B26D3F" w14:textId="77777777" w:rsidR="0092422A" w:rsidRPr="0031643E" w:rsidRDefault="0092422A" w:rsidP="001A46A8">
+          <w:p w14:paraId="502B8842" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...93 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="721A339F" w14:textId="77777777" w:rsidR="0092422A" w:rsidRPr="0031643E" w:rsidRDefault="0092422A" w:rsidP="001A46A8">
+          <w:p w14:paraId="31172C09" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5DF8" w:rsidRPr="0005390C" w14:paraId="30496616" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04AFDFE7" w14:textId="5495CFBB" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Participação em</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>programas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de extensão,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pontuação</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>por</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ciclo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>participação</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F3E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A2D4182" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="162" w:right="140"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="653718F4" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="723B600E" w14:textId="77777777" w:rsidR="0092422A" w:rsidRPr="0031643E" w:rsidRDefault="0092422A" w:rsidP="001A46A8">
+          <w:p w14:paraId="0DC524BB" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6AE0FEAE" w14:textId="77777777" w:rsidR="0092422A" w:rsidRPr="0031643E" w:rsidRDefault="0092422A" w:rsidP="001A46A8">
+          <w:p w14:paraId="5F1ED679" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...93 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="27B10F6D" w14:textId="77777777" w:rsidR="0092422A" w:rsidRPr="0031643E" w:rsidRDefault="0092422A" w:rsidP="001A46A8">
+          <w:p w14:paraId="3D16D72B" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5DF8" w:rsidRPr="0005390C" w14:paraId="20459E79" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="276"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0ADE2F30" w14:textId="7DD25022" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Participação</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>em</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>programas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>iniciação</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>científica,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pontuação</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>por</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ciclo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>participação</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F3E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08C50C13" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="162" w:right="140"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A6CDAE5" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA985D0" w14:textId="77777777" w:rsidR="0092422A" w:rsidRPr="0031643E" w:rsidRDefault="0092422A" w:rsidP="001A46A8">
+          <w:p w14:paraId="0D163A31" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="587F65C3" w14:textId="77777777" w:rsidR="0092422A" w:rsidRPr="0031643E" w:rsidRDefault="0092422A" w:rsidP="001A46A8">
+          <w:p w14:paraId="28C329B7" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...92 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="29982A2F" w14:textId="77777777" w:rsidR="0092422A" w:rsidRPr="0031643E" w:rsidRDefault="0092422A" w:rsidP="001A46A8">
+          <w:p w14:paraId="622428FF" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5DF8" w:rsidRPr="0005390C" w14:paraId="35995F43" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="291"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29DD47A6" w14:textId="1E26B259" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PUBLICAÇÃO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ARTIGO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESTRATO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(B5) </w:t>
+            </w:r>
+            <w:r w:rsidR="005F3E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29126DEB" w14:textId="6D9CD933" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="24"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:w w:val="97"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="430F9634" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D9707F8" w14:textId="77777777" w:rsidR="0092422A" w:rsidRPr="0031643E" w:rsidRDefault="0092422A" w:rsidP="001A46A8">
+          <w:p w14:paraId="48022DD2" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36198618" w14:textId="77777777" w:rsidR="0092422A" w:rsidRPr="0031643E" w:rsidRDefault="0092422A" w:rsidP="001A46A8">
+          <w:p w14:paraId="16A49E78" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...93 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2E4BF54F" w14:textId="77777777" w:rsidR="0092422A" w:rsidRPr="0031643E" w:rsidRDefault="0092422A" w:rsidP="001A46A8">
+          <w:p w14:paraId="44601884" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5DF8" w:rsidRPr="0005390C" w14:paraId="62327F71" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57E868FA" w14:textId="7BD5CF21" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PUBLICAÇÃO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ARTIGO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESTRATO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(B4)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F3E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A101E48" w14:textId="1C9F3788" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="162" w:right="140"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2766735E" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="330E9B5C" w14:textId="77777777" w:rsidR="0092422A" w:rsidRPr="0031643E" w:rsidRDefault="0092422A" w:rsidP="001A46A8">
+          <w:p w14:paraId="2064B45E" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="526AF316" w14:textId="77777777" w:rsidR="0092422A" w:rsidRPr="0031643E" w:rsidRDefault="0092422A" w:rsidP="001A46A8">
+          <w:p w14:paraId="52683E1C" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...116 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="23777E0D" w14:textId="77777777" w:rsidR="0099300A" w:rsidRPr="0031643E" w:rsidRDefault="0099300A" w:rsidP="0099300A">
+          <w:p w14:paraId="04238859" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5DF8" w:rsidRPr="0005390C" w14:paraId="64D75464" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46500C55" w14:textId="651A22CC" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:w w:val="95"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PUBLICAÇÃO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="23"/>
+                <w:w w:val="95"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:w w:val="95"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="25"/>
+                <w:w w:val="95"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:w w:val="95"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ARTIGO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="31"/>
+                <w:w w:val="95"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:w w:val="95"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESTRATO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="23"/>
+                <w:w w:val="95"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:w w:val="95"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="27"/>
+                <w:w w:val="95"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:w w:val="95"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(B3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="4"/>
+                <w:w w:val="95"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F3E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:w w:val="95"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07F60381" w14:textId="422027B3" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="162" w:right="140"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03F1318D" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A2B7C3C" w14:textId="77777777" w:rsidR="0099300A" w:rsidRPr="0031643E" w:rsidRDefault="0099300A" w:rsidP="0099300A">
+          <w:p w14:paraId="57069EDA" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3149D686" w14:textId="77777777" w:rsidR="0099300A" w:rsidRPr="0031643E" w:rsidRDefault="0099300A" w:rsidP="0099300A">
+          <w:p w14:paraId="3408E69D" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...100 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF0548F" w14:textId="77777777" w:rsidR="0099300A" w:rsidRPr="0031643E" w:rsidRDefault="0099300A" w:rsidP="0099300A">
+          <w:p w14:paraId="5483F192" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5DF8" w:rsidRPr="0005390C" w14:paraId="5C0E23CD" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33CD5ED0" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PUBLICAÇÃO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ARTIGO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESTRATO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(B2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68BB2D46" w14:textId="5280D226" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="162" w:right="140"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00427DC9" w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FC4BCDB" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE8C126" w14:textId="77777777" w:rsidR="0099300A" w:rsidRPr="0031643E" w:rsidRDefault="0099300A" w:rsidP="0099300A">
+          <w:p w14:paraId="698E0302" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5E46A86B" w14:textId="77777777" w:rsidR="0099300A" w:rsidRPr="0031643E" w:rsidRDefault="0099300A" w:rsidP="0099300A">
+          <w:p w14:paraId="081661D6" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...100 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7BCE036C" w14:textId="77777777" w:rsidR="0099300A" w:rsidRPr="0031643E" w:rsidRDefault="0099300A" w:rsidP="0099300A">
+          <w:p w14:paraId="5DB3F6C1" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5DF8" w:rsidRPr="0005390C" w14:paraId="3C121293" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="276"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25805993" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PUBLICAÇÃO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ARTIGO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESTRATO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(B1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47F917AC" w14:textId="1372EC3A" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="162" w:right="140"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A0DEEF6" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2966332F" w14:textId="77777777" w:rsidR="0099300A" w:rsidRPr="0031643E" w:rsidRDefault="0099300A" w:rsidP="0099300A">
+          <w:p w14:paraId="4395262A" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="50C649BF" w14:textId="77777777" w:rsidR="0099300A" w:rsidRPr="0031643E" w:rsidRDefault="0099300A" w:rsidP="0099300A">
+          <w:p w14:paraId="4BE5E815" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...100 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6B6D17FB" w14:textId="77777777" w:rsidR="00400418" w:rsidRPr="0031643E" w:rsidRDefault="00400418" w:rsidP="00400418">
+          <w:p w14:paraId="4E054AC4" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5DF8" w:rsidRPr="0005390C" w14:paraId="06170208" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C5F7549" w14:textId="0837FBE0" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PUBLICAÇÃO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ARTIGO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESTRATO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(A</w:t>
+            </w:r>
+            <w:r w:rsidR="000C5B6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="152329DE" w14:textId="5553745D" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="162" w:right="140"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0109F3E8" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="533DEA86" w14:textId="77777777" w:rsidR="00400418" w:rsidRPr="0031643E" w:rsidRDefault="00400418" w:rsidP="00400418">
+          <w:p w14:paraId="75DEBEFB" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="095AF7B7" w14:textId="77777777" w:rsidR="00400418" w:rsidRPr="0031643E" w:rsidRDefault="00400418" w:rsidP="00400418">
+          <w:p w14:paraId="7D5189C2" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...100 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14CC87C6" w14:textId="77777777" w:rsidR="00400418" w:rsidRPr="0031643E" w:rsidRDefault="00400418" w:rsidP="00400418">
+          <w:p w14:paraId="3C1ED67B" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C5B6A" w:rsidRPr="0005390C" w14:paraId="604170E5" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3185D905" w14:textId="63F5DF48" w:rsidR="000C5B6A" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PUBLICAÇÃO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ARTIGO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESTRATO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76E36F54" w14:textId="18F81F04" w:rsidR="000C5B6A" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="162" w:right="140"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E32D38B" w14:textId="77777777" w:rsidR="000C5B6A" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05816D1B" w14:textId="77777777" w:rsidR="00400418" w:rsidRPr="0031643E" w:rsidRDefault="00400418" w:rsidP="00400418">
+          <w:p w14:paraId="4EEA2FDF" w14:textId="77777777" w:rsidR="000C5B6A" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="514364CC" w14:textId="77777777" w:rsidR="00400418" w:rsidRPr="0031643E" w:rsidRDefault="00400418" w:rsidP="00400418">
+          <w:p w14:paraId="093B5695" w14:textId="77777777" w:rsidR="000C5B6A" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...100 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6C73426E" w14:textId="77777777" w:rsidR="00400418" w:rsidRPr="0031643E" w:rsidRDefault="00400418" w:rsidP="00400418">
+          <w:p w14:paraId="44753A11" w14:textId="77777777" w:rsidR="000C5B6A" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C5B6A" w:rsidRPr="0005390C" w14:paraId="771CF2A8" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41D3663E" w14:textId="2E5564A4" w:rsidR="000C5B6A" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PUBLICAÇÃO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ARTIGO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESTRATO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(A2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66062F83" w14:textId="0FDC5FBD" w:rsidR="000C5B6A" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="162" w:right="140"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1659B060" w14:textId="77777777" w:rsidR="000C5B6A" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CC856EC" w14:textId="77777777" w:rsidR="00400418" w:rsidRPr="0031643E" w:rsidRDefault="00400418" w:rsidP="00400418">
+          <w:p w14:paraId="09D0090D" w14:textId="77777777" w:rsidR="000C5B6A" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4CBB5102" w14:textId="77777777" w:rsidR="00400418" w:rsidRPr="0031643E" w:rsidRDefault="00400418" w:rsidP="00400418">
+          <w:p w14:paraId="0CF7F7B7" w14:textId="77777777" w:rsidR="000C5B6A" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...100 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="21DBD6F7" w14:textId="77777777" w:rsidR="006E5697" w:rsidRPr="0031643E" w:rsidRDefault="006E5697" w:rsidP="006E5697">
+          <w:p w14:paraId="1FE6DF9B" w14:textId="77777777" w:rsidR="000C5B6A" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5DF8" w:rsidRPr="0005390C" w14:paraId="163048C2" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="276"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BB59C1D" w14:textId="0C0E0B34" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PUBLICAÇÃO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ARTIGO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESTRATO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C5B6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(A1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4132C8A5" w14:textId="26AECAE3" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="000C5B6A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="162" w:right="140"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5448400D" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09D29654" w14:textId="77777777" w:rsidR="006E5697" w:rsidRPr="0031643E" w:rsidRDefault="006E5697" w:rsidP="006E5697">
+          <w:p w14:paraId="72CE11F4" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6EDDCAC3" w14:textId="77777777" w:rsidR="006E5697" w:rsidRPr="0031643E" w:rsidRDefault="006E5697" w:rsidP="006E5697">
+          <w:p w14:paraId="6693B8AC" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...116 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D365126" w14:textId="77777777" w:rsidR="006E5697" w:rsidRPr="0031643E" w:rsidRDefault="006E5697" w:rsidP="006E5697">
+          <w:p w14:paraId="4C208237" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5DF8" w:rsidRPr="0005390C" w14:paraId="290A4624" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5563E69C" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Livro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Autoral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7492C7FC" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="162" w:right="140"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E0EFC2B" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27D4224E" w14:textId="77777777" w:rsidR="006E5697" w:rsidRPr="0031643E" w:rsidRDefault="006E5697" w:rsidP="006E5697">
+          <w:p w14:paraId="5FECCD91" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1034DBC9" w14:textId="77777777" w:rsidR="006E5697" w:rsidRPr="0031643E" w:rsidRDefault="006E5697" w:rsidP="006E5697">
+          <w:p w14:paraId="1A972C9D" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...99 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="516D385C" w14:textId="77777777" w:rsidR="006E5697" w:rsidRPr="0031643E" w:rsidRDefault="006E5697" w:rsidP="006E5697">
+          <w:p w14:paraId="34973CF5" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-              <w:ind w:right="-32"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5DF8" w:rsidRPr="0005390C" w14:paraId="16E2C76D" w14:textId="77777777" w:rsidTr="005A1981">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A31A354" w14:textId="5A3A35E7" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Organizador</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>livro/coletânea</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ou autor</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>capítulo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>livro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F3E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D539599" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="162" w:right="140"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005390C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A9EDE61" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6617F56A" w14:textId="77777777" w:rsidR="006E5697" w:rsidRPr="0031643E" w:rsidRDefault="006E5697" w:rsidP="006E5697">
+          <w:p w14:paraId="3BC61A3D" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...4 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="2033" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="402ED519" w14:textId="77777777" w:rsidR="006E5697" w:rsidRPr="0031643E" w:rsidRDefault="006E5697" w:rsidP="006E5697">
+          <w:p w14:paraId="39E95853" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...91 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...41 lines deleted...]
-            <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6A1D4D54" w14:textId="77777777" w:rsidR="006E5697" w:rsidRPr="0031643E" w:rsidRDefault="006E5697" w:rsidP="006E5697">
+          <w:p w14:paraId="47EE2A8A" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="008E5DF8">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="220DCEAE" w14:textId="77777777" w:rsidR="0099300A" w:rsidRPr="00C12161" w:rsidRDefault="0099300A" w:rsidP="0099300A">
-[...1 lines deleted...]
-        <w:ind w:left="-426"/>
+    <w:p w14:paraId="15096B87" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+      <w:pPr>
+        <w:spacing w:before="3" w:line="242" w:lineRule="exact"/>
+        <w:ind w:left="118"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Observações:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="73CB1601" w14:textId="2FA0B061" w:rsidR="00692892" w:rsidRDefault="00692892" w:rsidP="0099300A">
-[...1 lines deleted...]
-        <w:ind w:left="-426"/>
+    <w:p w14:paraId="2A7E0E92" w14:textId="64A40092" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="270"/>
+        </w:tabs>
+        <w:spacing w:line="228" w:lineRule="exact"/>
+        <w:ind w:left="270" w:hanging="152"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Limitados</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>trabalhos.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Serão contabilizados</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>apenas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00441989">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">os </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>casos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>apresentem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>certificados</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>institucionais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4101C770" w14:textId="1D554AC5" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="270"/>
+        </w:tabs>
+        <w:spacing w:line="228" w:lineRule="exact"/>
+        <w:ind w:left="270" w:hanging="152"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Participação</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>válid</w:t>
+      </w:r>
+      <w:r w:rsidR="00075CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>apenas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>certificado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>nstitucional.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C4CE9B4" w14:textId="7952F73F" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="270"/>
+        </w:tabs>
+        <w:ind w:left="270" w:hanging="152"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005390C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E23B38">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:t>Observações:</w:t>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Artigos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>neste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">estrato </w:t>
+      </w:r>
+      <w:r w:rsidR="004B4C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>são</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>limitados</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>publicação.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="429B355E" w14:textId="77777777" w:rsidR="00C12161" w:rsidRPr="00C12161" w:rsidRDefault="00C12161" w:rsidP="0099300A">
-[...1 lines deleted...]
-        <w:ind w:left="-426"/>
+    <w:p w14:paraId="2DAE8C50" w14:textId="43D79A3C" w:rsidR="008E5DF8" w:rsidRPr="0005390C" w:rsidRDefault="00427DC9">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="270"/>
+        </w:tabs>
+        <w:ind w:left="270" w:hanging="152"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005390C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>soma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidR="00820B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>pontuaç</w:t>
+      </w:r>
+      <w:r w:rsidR="00820B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ões</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>autoria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>capítulos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>livro não</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>poderá</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>exceder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00820B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>pontuação</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>livro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005390C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>autoral.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="54613FAE" w14:textId="5565725A" w:rsidR="001A46A8" w:rsidRPr="00C12161" w:rsidRDefault="001A46A8" w:rsidP="00C12161">
-[...1 lines deleted...]
-        <w:ind w:left="-426" w:right="-426"/>
+    <w:p w14:paraId="1C499E86" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRDefault="008E5DF8">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...465 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:sectPr w:rsidR="008E5DF8" w:rsidSect="00601489">
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:pgSz w:w="16850" w:h="11930" w:orient="landscape"/>
+          <w:pgMar w:top="940" w:right="40" w:bottom="851" w:left="1300" w:header="0" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="40BC0566" w14:textId="77777777" w:rsidR="001A46A8" w:rsidRPr="001A46A8" w:rsidRDefault="001A46A8" w:rsidP="0099300A">
-[...10 lines deleted...]
-          <w:szCs w:val="4"/>
+    <w:p w14:paraId="4F533CC4" w14:textId="57E4D9F3" w:rsidR="008E5DF8" w:rsidRDefault="008E5DF8" w:rsidP="008E564A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6636"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="511823E4" w14:textId="60905D92" w:rsidR="00692892" w:rsidRDefault="00692892" w:rsidP="0099300A">
-[...79 lines deleted...]
-      </w:r>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="474F0CFC" w14:textId="77777777" w:rsidR="008E5DF8" w:rsidRDefault="008E5DF8">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="9"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D6296C3" w14:textId="77777777" w:rsidR="001A46A8" w:rsidRPr="001A46A8" w:rsidRDefault="001A46A8" w:rsidP="0099300A">
-[...406 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr w:rsidR="008E5DF8" w:rsidSect="00601489">
+      <w:pgSz w:w="11930" w:h="16850"/>
+      <w:pgMar w:top="940" w:right="1140" w:bottom="851" w:left="1560" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23570DB3" w14:textId="77777777" w:rsidR="00156442" w:rsidRDefault="00156442" w:rsidP="00C41B56">
+    <w:p w14:paraId="2697976C" w14:textId="77777777" w:rsidR="004C124B" w:rsidRDefault="004C124B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1173D9F2" w14:textId="77777777" w:rsidR="00156442" w:rsidRDefault="00156442" w:rsidP="00C41B56">
+    <w:p w14:paraId="232ACD52" w14:textId="77777777" w:rsidR="004C124B" w:rsidRDefault="004C124B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="decorative"/>
+  <w:font w:name="Arial MT">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...22 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F8A5301" w14:textId="77777777" w:rsidR="00156442" w:rsidRDefault="00156442" w:rsidP="00C41B56">
+    <w:p w14:paraId="74DE06A4" w14:textId="77777777" w:rsidR="004C124B" w:rsidRDefault="004C124B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18267BD0" w14:textId="77777777" w:rsidR="00156442" w:rsidRDefault="00156442" w:rsidP="00C41B56">
+    <w:p w14:paraId="2FAF26A6" w14:textId="77777777" w:rsidR="004C124B" w:rsidRDefault="004C124B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2426E2CE" w14:textId="1B744DB6" w:rsidR="00C9597C" w:rsidRPr="00C9597C" w:rsidRDefault="00C9597C" w:rsidP="00C9597C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1A54CAE5" w14:textId="2BE9D335" w:rsidR="008E5DF8" w:rsidRDefault="00E74267">
     <w:pPr>
-      <w:pStyle w:val="Cabealho"/>
-[...11 lines deleted...]
-        <w:szCs w:val="18"/>
+      <w:pStyle w:val="Corpodetexto"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="0040374B">
-[...3 lines deleted...]
-        <w:bCs/>
+    <w:r>
+      <w:rPr>
         <w:noProof/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A94C68B" wp14:editId="514B8923">
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487244800" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74665BBF" wp14:editId="2E9D10DD">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>-301625</wp:posOffset>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1351280</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>78740</wp:posOffset>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>630665</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1605280" cy="567055"/>
-          <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+          <wp:extent cx="1402207" cy="509270"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 2" descr="Y:\Documents\Rogério\Concursos\Concurso UTFPR 2014\Logo UTFPR.jpg">
-[...5 lines deleted...]
-          </wp:docPr>
+          <wp:docPr id="690823767" name="image2.jpeg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="40961" name="Picture 2" descr="Y:\Documents\Rogério\Concursos\Concurso UTFPR 2014\Logo UTFPR.jpg">
-[...8 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="4" name="image2.jpeg"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...6 lines deleted...]
-                  <a:srcRect/>
+                  <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1605280" cy="567055"/>
+                    <a:ext cx="1402207" cy="509270"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="0040374B">
-[...3 lines deleted...]
-        <w:bCs/>
+    <w:r w:rsidR="00427DC9">
+      <w:rPr>
         <w:noProof/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0736BE38" wp14:editId="57D6065F">
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487244288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35E1C9E6" wp14:editId="3966CD3F">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>8131175</wp:posOffset>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>5205729</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>105410</wp:posOffset>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>612140</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1735920" cy="542992"/>
-          <wp:effectExtent l="0" t="0" r="4445" b="3175"/>
+          <wp:extent cx="1571244" cy="567690"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="3" name="Imagem 2" descr="Logotipo&#10;&#10;Descrição gerada automaticamente">
-[...5 lines deleted...]
-          </wp:docPr>
+          <wp:docPr id="1181427383" name="image1.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="40967" name="Imagem 2" descr="Logotipo&#10;&#10;Descrição gerada automaticamente">
-[...8 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="2" name="image1.png"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2">
-[...6 lines deleted...]
-                  <a:srcRect/>
+                  <a:blip r:embed="rId2" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1735920" cy="542992"/>
+                    <a:ext cx="1571244" cy="567690"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
-    </w:r>
-[...122 lines deleted...]
-      <w:t>Mestrado Acadêmico</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="10A96027"/>
+    <w:nsid w:val="C879DA3E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BC3E27BA"/>
-    <w:lvl w:ilvl="0" w:tplc="04090017">
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="D4DCA1BF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02D2544B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="167607C2"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="97AACA1C">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="12806707"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="044A3DC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AC9A1CA8"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="upperRoman"/>
+    <w:tmpl w:val="7610C64A"/>
+    <w:lvl w:ilvl="0" w:tplc="922630F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="762" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:w w:val="98"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="54A6B9B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1577" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4B76644E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2394" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7DE8C516">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="670CB48E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4028" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5BE24DE6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4845" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="055E63AA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5662" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C682FF9A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6479" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7F2E8B4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7296" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="081945C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C9DC7796"/>
+    <w:lvl w:ilvl="0" w:tplc="2D4C3014">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
-      <w:lvlJc w:val="right"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04160019">
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="246"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B7862688">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1001" w:hanging="246"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="93664E10">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1882" w:hanging="246"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="37424070">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2763" w:hanging="246"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="6B2047A2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3644" w:hanging="246"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="8CF4EF7A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4525" w:hanging="246"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B2EC9964">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5406" w:hanging="246"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="27E265DC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6287" w:hanging="246"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3D625C98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7168" w:hanging="246"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17D9109B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A386F5A6"/>
+    <w:lvl w:ilvl="0" w:tplc="04160017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8348D682">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7920" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="286C73BE"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17F672BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D6703272"/>
-    <w:lvl w:ilvl="0" w:tplc="A1BC3600">
+    <w:tmpl w:val="E7042610"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="97"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1001" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1882" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2763" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3644" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4525" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5406" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6287" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7168" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C581A00"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6D9A2BA6"/>
+    <w:lvl w:ilvl="0" w:tplc="E88CC894">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="232"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="-5"/>
+        <w:w w:val="97"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="72022250">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1001" w:hanging="232"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A01A939A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1882" w:hanging="232"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="03149530">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2763" w:hanging="232"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D714C108">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3644" w:hanging="232"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F4A4F772">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4525" w:hanging="232"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="754A314A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5406" w:hanging="232"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="660E98A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6287" w:hanging="232"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="92346DC0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7168" w:hanging="232"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="202B3F53"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F0744A5E"/>
+    <w:lvl w:ilvl="0" w:tplc="04160017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="38EB4FD4"/>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25DD4660"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="11B235E4"/>
-[...22 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+    <w:tmpl w:val="A058FDE0"/>
+    <w:lvl w:ilvl="0" w:tplc="04160017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7920" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7A8C16E1"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26DB682A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F732F13A"/>
-    <w:lvl w:ilvl="0" w:tplc="04090017">
+    <w:tmpl w:val="20F48F1A"/>
+    <w:lvl w:ilvl="0" w:tplc="04160017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...5 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7F62274A"/>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D7D5499"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FF42189A"/>
-[...12 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:tmpl w:val="5570125E"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F977F5B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="47C22D94"/>
+    <w:lvl w:ilvl="0" w:tplc="04160017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="253364224">
-    <w:abstractNumId w:val="0"/>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31F70C9A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4038087E"/>
+    <w:lvl w:ilvl="0" w:tplc="488C7C60">
+      <w:start w:val="17"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="362"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DD2EE348">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="362"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="021E7A7E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2170" w:hanging="362"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B7A6D84C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3015" w:hanging="362"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7D745820">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3860" w:hanging="362"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5656A2F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4705" w:hanging="362"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E110A456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5550" w:hanging="362"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1A6A962C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6395" w:hanging="362"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="976CA598">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7240" w:hanging="362"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D4F128B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0BE80052"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5366311B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F180A14"/>
+    <w:lvl w:ilvl="0" w:tplc="08642A3E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="272"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1038B388">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1001" w:hanging="272"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="123603BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1882" w:hanging="272"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="ED00D5B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2763" w:hanging="272"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0FA0C368">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3644" w:hanging="272"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DDC0B150">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4525" w:hanging="272"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C6FC499C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5406" w:hanging="272"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="696009B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6287" w:hanging="272"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E29279D8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7168" w:hanging="272"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="553109E1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2C0E9DE0"/>
+    <w:lvl w:ilvl="0" w:tplc="04160017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55C70513"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C67E4F1A"/>
+    <w:lvl w:ilvl="0" w:tplc="FE406C62">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="118" w:hanging="150"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:w w:val="97"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7C6CD19C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1659" w:hanging="150"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DF04586C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3198" w:hanging="150"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8004B196">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4737" w:hanging="150"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5AC0EF48">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6276" w:hanging="150"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4FC0D368">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7815" w:hanging="150"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C3D8D3DC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9354" w:hanging="150"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1A3E3EE6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10893" w:hanging="150"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5672D176">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="12432" w:hanging="150"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A1064DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="167A837E"/>
+    <w:lvl w:ilvl="0" w:tplc="DA14D9AE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="242"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="810E8C5C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1217" w:hanging="242"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2F84485E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2074" w:hanging="242"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B2FE35C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2931" w:hanging="242"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1FD697C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3788" w:hanging="242"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="40AEE09A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4645" w:hanging="242"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="05760382">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5502" w:hanging="242"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F81CF5FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6359" w:hanging="242"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="46C69EA4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7216" w:hanging="242"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A98411A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="72EAF2D0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="242"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:w w:val="100"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="709"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1200" w:hanging="722"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="-2"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2166" w:hanging="722"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3132" w:hanging="722"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4098" w:hanging="722"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5065" w:hanging="722"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6031" w:hanging="722"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6997" w:hanging="722"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E540845"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6A4E7E4"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="607C3EAA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="68D0594E"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62D95E72"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F8DA4F16"/>
+    <w:lvl w:ilvl="0" w:tplc="04160017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="97"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1001" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1882" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2763" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3644" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4525" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5406" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6287" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7168" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F067747"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3BBCED32"/>
+    <w:lvl w:ilvl="0" w:tplc="3584994A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="828" w:hanging="349"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="-5"/>
+        <w:w w:val="97"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5720FB38">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1631" w:hanging="349"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="191C8958">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2442" w:hanging="349"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8A5A12AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3253" w:hanging="349"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="01DE0DF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4064" w:hanging="349"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F798286A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4875" w:hanging="349"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="DB723C0C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5686" w:hanging="349"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2A5EE23C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6497" w:hanging="349"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A3684536">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7308" w:hanging="349"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F8A4AAB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AEF8D14E"/>
+    <w:lvl w:ilvl="0" w:tplc="501A55F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="97"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2A485D02">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1001" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8D70A752">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1882" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="99C2121A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2763" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E55A2B9A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3644" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="12C44004">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4525" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3AAA108A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5406" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04D8160C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6287" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="260C210A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7168" w:hanging="330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="784C57F5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0320586A"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F8262A8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="481A8F60"/>
+    <w:lvl w:ilvl="0" w:tplc="04160011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F9A1037"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5CAA5330"/>
+    <w:lvl w:ilvl="0" w:tplc="C3AAD6F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="218"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="-3"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4E80F846">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1001" w:hanging="218"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="567A079E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1882" w:hanging="218"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7F647DEE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2763" w:hanging="218"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="812CD570">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3644" w:hanging="218"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="CB38ABF4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4525" w:hanging="218"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1CFE8FCA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5406" w:hanging="218"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9B8844A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6287" w:hanging="218"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CCCAE93A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7168" w:hanging="218"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1483886070">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1849245278">
+  <w:num w:numId="2" w16cid:durableId="660622265">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="366220606">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="569118331">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1510631647">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2110618222">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1232231760">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="718482858">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="68582509">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1929732282">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1340766895">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="550503531">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="846140046">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1877617168">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="173955906">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="307521088">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1596665274">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1499418075">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="339163408">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="263802808">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="226035558">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="110515920">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1200585937">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="629286253">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="24" w16cid:durableId="972175560">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1579824085">
+  <w:num w:numId="25" w16cid:durableId="1603999375">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="127164315">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="277681183">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1956325259">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="28" w16cid:durableId="650913720">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="116"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
+    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AC2584"/>
-[...337 lines deleted...]
-    <w:rsid w:val="005C3240"/>
+    <w:rsidRoot w:val="008E5DF8"/>
+    <w:rsid w:val="000006F2"/>
+    <w:rsid w:val="000041E7"/>
+    <w:rsid w:val="00014F7B"/>
+    <w:rsid w:val="0003537A"/>
+    <w:rsid w:val="00035619"/>
+    <w:rsid w:val="00037A33"/>
+    <w:rsid w:val="000442C3"/>
+    <w:rsid w:val="0005390C"/>
+    <w:rsid w:val="00060058"/>
+    <w:rsid w:val="00075CEC"/>
+    <w:rsid w:val="000864C2"/>
+    <w:rsid w:val="00093AFD"/>
+    <w:rsid w:val="0009405A"/>
+    <w:rsid w:val="000963C0"/>
+    <w:rsid w:val="000A327F"/>
+    <w:rsid w:val="000C374F"/>
+    <w:rsid w:val="000C5B6A"/>
+    <w:rsid w:val="000C763A"/>
+    <w:rsid w:val="000E13BC"/>
+    <w:rsid w:val="000E67A0"/>
+    <w:rsid w:val="000F5B62"/>
+    <w:rsid w:val="00101B55"/>
+    <w:rsid w:val="00105381"/>
+    <w:rsid w:val="00106417"/>
+    <w:rsid w:val="001078F7"/>
+    <w:rsid w:val="00112B6A"/>
+    <w:rsid w:val="001161E5"/>
+    <w:rsid w:val="00117AF1"/>
+    <w:rsid w:val="00121F4F"/>
+    <w:rsid w:val="00126A6E"/>
+    <w:rsid w:val="0013077B"/>
+    <w:rsid w:val="001348E6"/>
+    <w:rsid w:val="00143112"/>
+    <w:rsid w:val="001772CB"/>
+    <w:rsid w:val="00177A7B"/>
+    <w:rsid w:val="001831C8"/>
+    <w:rsid w:val="00190102"/>
+    <w:rsid w:val="00190991"/>
+    <w:rsid w:val="0019730B"/>
+    <w:rsid w:val="001A3A06"/>
+    <w:rsid w:val="001A4C33"/>
+    <w:rsid w:val="001B4665"/>
+    <w:rsid w:val="001E2C4F"/>
+    <w:rsid w:val="001E3162"/>
+    <w:rsid w:val="002001A3"/>
+    <w:rsid w:val="00203ACA"/>
+    <w:rsid w:val="0021428C"/>
+    <w:rsid w:val="002263F5"/>
+    <w:rsid w:val="0023086C"/>
+    <w:rsid w:val="00246C0C"/>
+    <w:rsid w:val="0025365B"/>
+    <w:rsid w:val="00262C00"/>
+    <w:rsid w:val="0026332F"/>
+    <w:rsid w:val="00284D56"/>
+    <w:rsid w:val="00293ADB"/>
+    <w:rsid w:val="002A2254"/>
+    <w:rsid w:val="002B47D8"/>
+    <w:rsid w:val="002D1834"/>
+    <w:rsid w:val="002D664B"/>
+    <w:rsid w:val="002D70C9"/>
+    <w:rsid w:val="002E06CD"/>
+    <w:rsid w:val="002E1878"/>
+    <w:rsid w:val="003131B5"/>
+    <w:rsid w:val="0031610C"/>
+    <w:rsid w:val="00316DF9"/>
+    <w:rsid w:val="00321A3A"/>
+    <w:rsid w:val="00330E61"/>
+    <w:rsid w:val="00343F19"/>
+    <w:rsid w:val="0034693E"/>
+    <w:rsid w:val="003533FE"/>
+    <w:rsid w:val="00357883"/>
+    <w:rsid w:val="0036429D"/>
+    <w:rsid w:val="00370401"/>
+    <w:rsid w:val="0037113A"/>
+    <w:rsid w:val="00371490"/>
+    <w:rsid w:val="00383BDF"/>
+    <w:rsid w:val="003867E7"/>
+    <w:rsid w:val="003A1379"/>
+    <w:rsid w:val="003C0A96"/>
+    <w:rsid w:val="003C1729"/>
+    <w:rsid w:val="003D21A0"/>
+    <w:rsid w:val="003E1C1E"/>
+    <w:rsid w:val="003E4CF4"/>
+    <w:rsid w:val="00400167"/>
+    <w:rsid w:val="004009CF"/>
+    <w:rsid w:val="00422352"/>
+    <w:rsid w:val="0042263E"/>
+    <w:rsid w:val="00423FF4"/>
+    <w:rsid w:val="00427DC9"/>
+    <w:rsid w:val="00436F79"/>
+    <w:rsid w:val="00441989"/>
+    <w:rsid w:val="00441B99"/>
+    <w:rsid w:val="00456B53"/>
+    <w:rsid w:val="00464A13"/>
+    <w:rsid w:val="00474AD5"/>
+    <w:rsid w:val="00484F76"/>
+    <w:rsid w:val="004851C8"/>
+    <w:rsid w:val="004A773A"/>
+    <w:rsid w:val="004B4C6A"/>
+    <w:rsid w:val="004B52DF"/>
+    <w:rsid w:val="004C124B"/>
+    <w:rsid w:val="004C18A0"/>
+    <w:rsid w:val="004C2CE8"/>
+    <w:rsid w:val="004E370A"/>
+    <w:rsid w:val="004E3990"/>
+    <w:rsid w:val="004E410C"/>
+    <w:rsid w:val="004F0FA9"/>
+    <w:rsid w:val="005040A9"/>
+    <w:rsid w:val="0050436D"/>
+    <w:rsid w:val="00510D9F"/>
+    <w:rsid w:val="00522294"/>
+    <w:rsid w:val="005246D0"/>
+    <w:rsid w:val="00526102"/>
+    <w:rsid w:val="00547DCB"/>
+    <w:rsid w:val="005816A2"/>
+    <w:rsid w:val="00581F8F"/>
+    <w:rsid w:val="00583112"/>
+    <w:rsid w:val="005853B9"/>
+    <w:rsid w:val="00586A41"/>
+    <w:rsid w:val="00597FA2"/>
+    <w:rsid w:val="005A1981"/>
+    <w:rsid w:val="005A4698"/>
+    <w:rsid w:val="005C0EA0"/>
+    <w:rsid w:val="005C1ED3"/>
     <w:rsid w:val="005C43E9"/>
-    <w:rsid w:val="005C6E03"/>
-[...588 lines deleted...]
-    <w:rsid w:val="00FF5B8D"/>
+    <w:rsid w:val="005D5C00"/>
+    <w:rsid w:val="005E237C"/>
+    <w:rsid w:val="005E39B0"/>
+    <w:rsid w:val="005E696C"/>
+    <w:rsid w:val="005F3E1C"/>
+    <w:rsid w:val="00601489"/>
+    <w:rsid w:val="00606280"/>
+    <w:rsid w:val="006072DF"/>
+    <w:rsid w:val="00624C22"/>
+    <w:rsid w:val="006375CB"/>
+    <w:rsid w:val="006406C3"/>
+    <w:rsid w:val="00643A1E"/>
+    <w:rsid w:val="00647113"/>
+    <w:rsid w:val="0065002D"/>
+    <w:rsid w:val="00652852"/>
+    <w:rsid w:val="00653171"/>
+    <w:rsid w:val="00661231"/>
+    <w:rsid w:val="0066548F"/>
+    <w:rsid w:val="00665BF6"/>
+    <w:rsid w:val="00666523"/>
+    <w:rsid w:val="00667A48"/>
+    <w:rsid w:val="00681CE3"/>
+    <w:rsid w:val="0068569C"/>
+    <w:rsid w:val="00690287"/>
+    <w:rsid w:val="006A49BC"/>
+    <w:rsid w:val="006D4825"/>
+    <w:rsid w:val="006F1F7A"/>
+    <w:rsid w:val="006F69AA"/>
+    <w:rsid w:val="0070308A"/>
+    <w:rsid w:val="0071528B"/>
+    <w:rsid w:val="0072115D"/>
+    <w:rsid w:val="00727D56"/>
+    <w:rsid w:val="00734291"/>
+    <w:rsid w:val="00740BEF"/>
+    <w:rsid w:val="00751A8B"/>
+    <w:rsid w:val="00752363"/>
+    <w:rsid w:val="0075683E"/>
+    <w:rsid w:val="00765552"/>
+    <w:rsid w:val="00780F79"/>
+    <w:rsid w:val="00782A53"/>
+    <w:rsid w:val="007875CD"/>
+    <w:rsid w:val="00796B7D"/>
+    <w:rsid w:val="0079707F"/>
+    <w:rsid w:val="007A68CD"/>
+    <w:rsid w:val="007B112A"/>
+    <w:rsid w:val="007B3C48"/>
+    <w:rsid w:val="007C230B"/>
+    <w:rsid w:val="007D0C6C"/>
+    <w:rsid w:val="007D4201"/>
+    <w:rsid w:val="007E3BFA"/>
+    <w:rsid w:val="007F3D07"/>
+    <w:rsid w:val="0080058E"/>
+    <w:rsid w:val="00820B9B"/>
+    <w:rsid w:val="008222F3"/>
+    <w:rsid w:val="008234BF"/>
+    <w:rsid w:val="008251E6"/>
+    <w:rsid w:val="008269D3"/>
+    <w:rsid w:val="00826C9D"/>
+    <w:rsid w:val="00841D37"/>
+    <w:rsid w:val="00861092"/>
+    <w:rsid w:val="00864A31"/>
+    <w:rsid w:val="00875A27"/>
+    <w:rsid w:val="00880D74"/>
+    <w:rsid w:val="0088534D"/>
+    <w:rsid w:val="008A4A77"/>
+    <w:rsid w:val="008A59E7"/>
+    <w:rsid w:val="008A65C1"/>
+    <w:rsid w:val="008A7675"/>
+    <w:rsid w:val="008B02E9"/>
+    <w:rsid w:val="008B2787"/>
+    <w:rsid w:val="008B287E"/>
+    <w:rsid w:val="008C423A"/>
+    <w:rsid w:val="008D37D5"/>
+    <w:rsid w:val="008E564A"/>
+    <w:rsid w:val="008E5DF8"/>
+    <w:rsid w:val="00910F7E"/>
+    <w:rsid w:val="00920E43"/>
+    <w:rsid w:val="00925AE6"/>
+    <w:rsid w:val="00927111"/>
+    <w:rsid w:val="00933D80"/>
+    <w:rsid w:val="00942FBB"/>
+    <w:rsid w:val="00965043"/>
+    <w:rsid w:val="00993E99"/>
+    <w:rsid w:val="009A4DC5"/>
+    <w:rsid w:val="009B3F2C"/>
+    <w:rsid w:val="009C1A9F"/>
+    <w:rsid w:val="009D3F1D"/>
+    <w:rsid w:val="009D7955"/>
+    <w:rsid w:val="009E62B9"/>
+    <w:rsid w:val="009F2111"/>
+    <w:rsid w:val="009F69E8"/>
+    <w:rsid w:val="00A028FD"/>
+    <w:rsid w:val="00A41362"/>
+    <w:rsid w:val="00A43226"/>
+    <w:rsid w:val="00A43C5D"/>
+    <w:rsid w:val="00A445A1"/>
+    <w:rsid w:val="00A5169D"/>
+    <w:rsid w:val="00A53621"/>
+    <w:rsid w:val="00A56818"/>
+    <w:rsid w:val="00A679EF"/>
+    <w:rsid w:val="00A72CC7"/>
+    <w:rsid w:val="00A81A08"/>
+    <w:rsid w:val="00A83F5B"/>
+    <w:rsid w:val="00A91527"/>
+    <w:rsid w:val="00A924C2"/>
+    <w:rsid w:val="00AB0C12"/>
+    <w:rsid w:val="00AD6707"/>
+    <w:rsid w:val="00AE0273"/>
+    <w:rsid w:val="00AF5D1A"/>
+    <w:rsid w:val="00B123EE"/>
+    <w:rsid w:val="00B1456D"/>
+    <w:rsid w:val="00B16DD5"/>
+    <w:rsid w:val="00B25594"/>
+    <w:rsid w:val="00B25831"/>
+    <w:rsid w:val="00B44112"/>
+    <w:rsid w:val="00B565D0"/>
+    <w:rsid w:val="00B67C54"/>
+    <w:rsid w:val="00B7158C"/>
+    <w:rsid w:val="00B74B29"/>
+    <w:rsid w:val="00B83219"/>
+    <w:rsid w:val="00B86BD4"/>
+    <w:rsid w:val="00B91766"/>
+    <w:rsid w:val="00B91816"/>
+    <w:rsid w:val="00B93424"/>
+    <w:rsid w:val="00BB042E"/>
+    <w:rsid w:val="00BC2260"/>
+    <w:rsid w:val="00BC23CA"/>
+    <w:rsid w:val="00BE00AC"/>
+    <w:rsid w:val="00BE4640"/>
+    <w:rsid w:val="00C02CB2"/>
+    <w:rsid w:val="00C043D5"/>
+    <w:rsid w:val="00C12916"/>
+    <w:rsid w:val="00C154ED"/>
+    <w:rsid w:val="00C17C1B"/>
+    <w:rsid w:val="00C24916"/>
+    <w:rsid w:val="00C34EB2"/>
+    <w:rsid w:val="00C361DC"/>
+    <w:rsid w:val="00C453A6"/>
+    <w:rsid w:val="00C5590A"/>
+    <w:rsid w:val="00C620D0"/>
+    <w:rsid w:val="00C76C86"/>
+    <w:rsid w:val="00C771C2"/>
+    <w:rsid w:val="00CB7E4D"/>
+    <w:rsid w:val="00CC69F2"/>
+    <w:rsid w:val="00CC74C1"/>
+    <w:rsid w:val="00CD5FA2"/>
+    <w:rsid w:val="00CD6212"/>
+    <w:rsid w:val="00CE503A"/>
+    <w:rsid w:val="00D01305"/>
+    <w:rsid w:val="00D1119F"/>
+    <w:rsid w:val="00D17A3D"/>
+    <w:rsid w:val="00D234DE"/>
+    <w:rsid w:val="00D24C1C"/>
+    <w:rsid w:val="00D2721F"/>
+    <w:rsid w:val="00D56431"/>
+    <w:rsid w:val="00D630C9"/>
+    <w:rsid w:val="00D7233C"/>
+    <w:rsid w:val="00D815B5"/>
+    <w:rsid w:val="00D8372E"/>
+    <w:rsid w:val="00D86753"/>
+    <w:rsid w:val="00DA14D5"/>
+    <w:rsid w:val="00DA2507"/>
+    <w:rsid w:val="00DB0A68"/>
+    <w:rsid w:val="00DC65E7"/>
+    <w:rsid w:val="00DE75AB"/>
+    <w:rsid w:val="00E05E99"/>
+    <w:rsid w:val="00E2637D"/>
+    <w:rsid w:val="00E35212"/>
+    <w:rsid w:val="00E47F52"/>
+    <w:rsid w:val="00E521D7"/>
+    <w:rsid w:val="00E61C3D"/>
+    <w:rsid w:val="00E63DD7"/>
+    <w:rsid w:val="00E6410E"/>
+    <w:rsid w:val="00E64F8F"/>
+    <w:rsid w:val="00E74267"/>
+    <w:rsid w:val="00E8276B"/>
+    <w:rsid w:val="00E92304"/>
+    <w:rsid w:val="00EA5486"/>
+    <w:rsid w:val="00EB46FA"/>
+    <w:rsid w:val="00EC0C63"/>
+    <w:rsid w:val="00ED3858"/>
+    <w:rsid w:val="00ED5A54"/>
+    <w:rsid w:val="00EE261D"/>
+    <w:rsid w:val="00EF288C"/>
+    <w:rsid w:val="00EF420D"/>
+    <w:rsid w:val="00EF709C"/>
+    <w:rsid w:val="00EF79CD"/>
+    <w:rsid w:val="00F1066C"/>
+    <w:rsid w:val="00F226F0"/>
+    <w:rsid w:val="00F41D4D"/>
+    <w:rsid w:val="00F42A48"/>
+    <w:rsid w:val="00F51771"/>
+    <w:rsid w:val="00F57361"/>
+    <w:rsid w:val="00F61F58"/>
+    <w:rsid w:val="00F66FFF"/>
+    <w:rsid w:val="00F730A2"/>
+    <w:rsid w:val="00F7575E"/>
+    <w:rsid w:val="00F83D35"/>
+    <w:rsid w:val="00FA00E4"/>
+    <w:rsid w:val="00FA6067"/>
+    <w:rsid w:val="00FE57E7"/>
+    <w:rsid w:val="00FF3808"/>
+    <w:rsid w:val="00FF60BE"/>
+    <w:rsid w:val="00FF7B83"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="pt-BR" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="pt-BR" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotAutoCompressPictures/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5B1A03FC"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{30B9AF0C-FDFC-4170-81B7-F07BCE385F92}"/>
+  <w14:docId w14:val="396E23F3"/>
+  <w15:docId w15:val="{3E05B513-B9F9-45E8-BC11-2B7B67881958}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6388,51 +9457,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -6501,50 +9570,59 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -6605,626 +9683,1120 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="006072DF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="pt-PT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Ttulo1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="480" w:hanging="363"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpodetexto">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CorpodetextoChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="PargrafodaLista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AC2584"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:ind w:left="120"/>
+      <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textodebalo">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextodebaloChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdecomentrio">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F779DF"/>
+    <w:rsid w:val="009E62B9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
-    <w:name w:val="Texto de balão Char"/>
+  <w:style w:type="paragraph" w:styleId="Textodecomentrio">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextodecomentrioChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009E62B9"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodecomentrioChar">
+    <w:name w:val="Texto de comentário Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
-    <w:link w:val="Textodebalo"/>
+    <w:link w:val="Textodecomentrio"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009E62B9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="pt-PT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Assuntodocomentrio">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Textodecomentrio"/>
+    <w:next w:val="Textodecomentrio"/>
+    <w:link w:val="AssuntodocomentrioChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F779DF"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009E62B9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AssuntodocomentrioChar">
+    <w:name w:val="Assunto do comentário Char"/>
+    <w:basedOn w:val="TextodecomentrioChar"/>
+    <w:link w:val="Assuntodocomentrio"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009E62B9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="pt-PT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Reviso">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00330E61"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="pt-PT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CorpodetextoChar">
+    <w:name w:val="Corpo de texto Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Corpodetexto"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00910F7E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="pt-PT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Char">
+    <w:name w:val="Título 1 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001A4C33"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="pt-PT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B93424"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cabealho">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CabealhoChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0071528B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
+    <w:name w:val="Cabeçalho Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0071528B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="pt-PT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rodap">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RodapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0071528B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
+    <w:name w:val="Rodapé Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0071528B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="pt-PT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0072115D"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="MenoPendente">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0072115D"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabelacomgrade">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabelanormal"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00F4718D"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00EF79CD"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Refdecomentrio">
-[...154 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="008A6E17"/>
+    <w:rsid w:val="00F730A2"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-      <w:autoSpaceDN w:val="0"/>
+      <w:widowControl/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="pt-BR"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HiperlinkVisitado">
-[...5 lines deleted...]
-    <w:rsid w:val="00552531"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p1">
+    <w:name w:val="p1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00E521D7"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+      <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="23101095">
-[...12 lines deleted...]
-    <w:div w:id="269314900">
+    <w:div w:id="7412571">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="256986208">
+        <w:div w:id="2095931989">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1455251863">
+            <w:div w:id="1741555279">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1602487795">
+                <w:div w:id="131142820">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="317728387">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="872577475">
+    <w:div w:id="463083273">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="868369441">
+        <w:div w:id="447550139">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="28337127">
+            <w:div w:id="1155412035">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="846676953">
+                <w:div w:id="1943104591">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="518549651">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1216698196">
+    <w:div w:id="483399534">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1389065885">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1415126360">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1233347646">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="274950210">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="670720631">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2116896524">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="751391169">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1704280446">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1537623501">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="723217040">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1685858558">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1188569229">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1201891917">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="175120698">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1192062885">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="341977293">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="909849637">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1335034725">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1390491781">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1576818748">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2098214234">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="956832716">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="928394635">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1070230750">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1830246012">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="473527047">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1265960431">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="548037411">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1389112721">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.br/capes/pt-br/centrais-de-conteudo/documentos/avaliacao/19122022_Area21RelatorioQuadrienal2021EDUCAOFSICAFINAL.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
-                <a:shade val="100000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -7302,119 +10874,109 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...38 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36FA4F5C-7760-5D48-BDFA-24CC56FC7D4C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2020</Characters>
+  <Pages>2</Pages>
+  <Words>250</Words>
+  <Characters>1352</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2390</CharactersWithSpaces>
+  <CharactersWithSpaces>1599</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Caveira</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2022-12-02T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word para Microsoft 365</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2023-10-16T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="GrammarlyDocumentId">
+    <vt:lpwstr>125135d69fa3ef0b26aa2298d4f27dc8ed16431d743cdaef5b1d4ce7946ef404</vt:lpwstr>
+  </property>
+</Properties>
+</file>