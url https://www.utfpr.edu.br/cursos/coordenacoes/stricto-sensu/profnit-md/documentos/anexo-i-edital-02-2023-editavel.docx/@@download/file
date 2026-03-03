--- v0 (2025-10-08)
+++ v1 (2026-03-03)
@@ -5,553 +5,175 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="59C376C3" w14:textId="39602ACD" w:rsidR="00BE16B2" w:rsidRPr="00AC1139" w:rsidRDefault="00BE16B2" w:rsidP="00BE16B2">
-[...183 lines deleted...]
-    </w:p>
     <w:p w14:paraId="24890727" w14:textId="77777777" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="00980C0B">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
-          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblInd w:w="-214" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000001"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000001"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000001"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000001"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000001"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000001"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="40" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9782"/>
       </w:tblGrid>
       <w:tr w:rsidR="00980C0B" w:rsidRPr="00AC1139" w14:paraId="5C0B335D" w14:textId="77777777" w:rsidTr="00560535">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:left w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="37E41D8A" w14:textId="77777777" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="00560535">
+          <w:p w14:paraId="67CB01CC" w14:textId="77777777" w:rsidR="009E1DDC" w:rsidRDefault="009E1DDC" w:rsidP="00560535">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ANEXO I</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="454DFDB7" w14:textId="6868856D" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="009E1DDC">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1139">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>REQUERIMENTO DE MATRÍCULA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC1139">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="pt-BR"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
             <w:r w:rsidRPr="00AC1139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="pt-BR"/>
-[...1 lines deleted...]
-              <w:t>REQUERIMENTO DE MATRÍCULA</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC1139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="pt-BR"/>
-[...18 lines deleted...]
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>ALUNO REGULAR</w:t>
-            </w:r>
-[...201 lines deleted...]
-              </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34BE677A" w14:textId="77777777" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="00980C0B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblInd w:w="-171" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="98" w:type="dxa"/>
           <w:right w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4397"/>
         <w:gridCol w:w="282"/>
         <w:gridCol w:w="283"/>
@@ -600,92 +222,110 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00980C0B" w:rsidRPr="00AC1139" w14:paraId="0BC518DF" w14:textId="77777777" w:rsidTr="00560535">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6EAD5C91" w14:textId="77777777" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="00560535">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r w:rsidRPr="00AC1139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nome completo:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="00980C0B" w:rsidRPr="00AC1139" w14:paraId="461B3014" w14:textId="77777777" w:rsidTr="00560535">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2357CF99" w14:textId="77777777" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="00560535">
+          <w:p w14:paraId="2357CF99" w14:textId="2CA7879F" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="00560535">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Data de nascimento:</w:t>
+              <w:t xml:space="preserve">Data de </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF73EA" w:rsidRPr="00AC1139">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nascimento</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC1139">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7AC3D6FA" w14:textId="77777777" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="00560535">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
@@ -1077,604 +717,559 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="45" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="45C74371" w14:textId="77777777" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="00560535">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">2. DISCIPLINAS:      </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980C0B" w:rsidRPr="007F1580" w14:paraId="304A5BCE" w14:textId="77777777" w:rsidTr="0093644B">
+      <w:tr w:rsidR="00980C0B" w:rsidRPr="00E22D10" w14:paraId="304A5BCE" w14:textId="77777777" w:rsidTr="0093644B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="45" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="41A9F5E0" w14:textId="1EB9944B" w:rsidR="00980C0B" w:rsidRPr="00253160" w:rsidRDefault="00980C0B" w:rsidP="00560535">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00253160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">( </w:t>
             </w:r>
             <w:r w:rsidR="00A30122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r w:rsidRPr="00253160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> )</w:t>
             </w:r>
             <w:r w:rsidR="00253160" w:rsidRPr="00253160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A30122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>PROF</w:t>
             </w:r>
             <w:r w:rsidR="00253160" w:rsidRPr="00253160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">NIT01 - Conceitos e Aplicações de Propriedade Intelectual (PI) </w:t>
             </w:r>
             <w:r w:rsidR="00F4602E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(45 h)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980C0B" w:rsidRPr="007F1580" w14:paraId="2BF48901" w14:textId="77777777" w:rsidTr="0093644B">
+      <w:tr w:rsidR="00980C0B" w:rsidRPr="00E22D10" w14:paraId="2BF48901" w14:textId="77777777" w:rsidTr="0093644B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="45" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2FB0C7FA" w14:textId="5DC243C1" w:rsidR="00980C0B" w:rsidRPr="00253160" w:rsidRDefault="00980C0B" w:rsidP="00560535">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00253160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">( </w:t>
             </w:r>
             <w:r w:rsidR="00A30122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r w:rsidRPr="00253160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> )</w:t>
             </w:r>
             <w:r w:rsidR="00253160" w:rsidRPr="00253160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A30122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>PROF</w:t>
             </w:r>
             <w:r w:rsidR="00A30122" w:rsidRPr="00253160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>NIT</w:t>
             </w:r>
             <w:r w:rsidR="00253160" w:rsidRPr="00253160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>04 - Metodologia da Pesquisa Científico-Tecnológica e Inovação (MET)</w:t>
             </w:r>
             <w:r w:rsidR="00F4602E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (45 h)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980C0B" w:rsidRPr="007F1580" w14:paraId="1D688ACB" w14:textId="77777777" w:rsidTr="0093644B">
+      <w:tr w:rsidR="00980C0B" w:rsidRPr="00E22D10" w14:paraId="1D688ACB" w14:textId="77777777" w:rsidTr="0093644B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="45" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5F38B444" w14:textId="00AE33BC" w:rsidR="00980C0B" w:rsidRPr="00253160" w:rsidRDefault="00980C0B" w:rsidP="00560535">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00253160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">( </w:t>
             </w:r>
             <w:r w:rsidR="00A30122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r w:rsidRPr="00253160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> )</w:t>
             </w:r>
             <w:r w:rsidR="00253160" w:rsidRPr="00253160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A30122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>PROF</w:t>
             </w:r>
             <w:r w:rsidR="00A30122" w:rsidRPr="00253160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>NIT</w:t>
             </w:r>
             <w:r w:rsidR="00253160" w:rsidRPr="00253160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>20 - Seminário de Projeto de Mestrado</w:t>
             </w:r>
             <w:r w:rsidR="0062684C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (SEM)</w:t>
             </w:r>
             <w:r w:rsidR="00F4602E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (30 h)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980C0B" w:rsidRPr="007F1580" w14:paraId="1CD6E7CB" w14:textId="77777777" w:rsidTr="0093644B">
+      <w:tr w:rsidR="00980C0B" w:rsidRPr="00E22D10" w14:paraId="1CD6E7CB" w14:textId="77777777" w:rsidTr="0093644B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9700" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="45" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4EA14B69" w14:textId="36036700" w:rsidR="00980C0B" w:rsidRPr="00A30122" w:rsidRDefault="00980C0B" w:rsidP="00560535">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A30122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">( </w:t>
             </w:r>
             <w:r w:rsidR="00A30122" w:rsidRPr="00A30122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r w:rsidRPr="00A30122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> )</w:t>
             </w:r>
             <w:r w:rsidR="00253160" w:rsidRPr="00A30122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A30122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>PROF</w:t>
             </w:r>
             <w:r w:rsidR="00A30122" w:rsidRPr="00253160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>NIT</w:t>
             </w:r>
             <w:r w:rsidR="00253160" w:rsidRPr="00A30122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>03 - Prospecção Tecnológica (PROSP)</w:t>
             </w:r>
             <w:r w:rsidR="00F4602E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (45 h)</w:t>
-            </w:r>
-[...31 lines deleted...]
-              <w:t>(    )</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="77CFE031" w14:textId="77777777" w:rsidR="00272DAE" w:rsidRPr="00A30122" w:rsidRDefault="00272DAE" w:rsidP="008A48FC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17BFE799" w14:textId="07702C49" w:rsidR="00272DAE" w:rsidRPr="00F9165E" w:rsidRDefault="00A00E4D" w:rsidP="00272DAE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30122">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Eu, discente abaixo assinado, declaro</w:t>
       </w:r>
       <w:r w:rsidR="00272DAE" w:rsidRPr="00A30122">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, para os devidos fins que te</w:t>
       </w:r>
       <w:r w:rsidRPr="00A30122">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>nho</w:t>
       </w:r>
       <w:r w:rsidR="00272DAE" w:rsidRPr="00A30122">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> conhecimento do conteúdo do documento </w:t>
       </w:r>
       <w:r w:rsidR="00272DAE" w:rsidRPr="00EA43A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">denominado </w:t>
       </w:r>
       <w:r w:rsidR="00A30122" w:rsidRPr="00EA43A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Regulamento Interno do Programa de Pós-Graduação em Propriedade Intelectual e Transferência de Tecnologia para a Inovação (PROFNIT)</w:t>
       </w:r>
       <w:r w:rsidR="00F4602E" w:rsidRPr="00EA43A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A30122" w:rsidRPr="00EA43A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> da UTFPR Campus Medianeira</w:t>
       </w:r>
       <w:r w:rsidR="00272DAE" w:rsidRPr="00EA43A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DE44432" w14:textId="77777777" w:rsidR="00272DAE" w:rsidRPr="00F9165E" w:rsidRDefault="00272DAE" w:rsidP="008A48FC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9700" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="40" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4742"/>
@@ -1763,119 +1358,161 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4958" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="25E9DE7B" w14:textId="77777777" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="008A48FC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="558169B3" w14:textId="1620ACBB" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="00A05152">
+          <w:p w14:paraId="558169B3" w14:textId="6F094A07" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="009E1DDC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Medianeira,</w:t>
             </w:r>
             <w:r w:rsidR="00A05152">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC1139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR"/>
-[...19 lines deleted...]
-              <w:t>4</w:t>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r w:rsidR="009E1DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC1139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF73EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009E1DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>____________</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF73EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC1139">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC1139">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20</w:t>
+            </w:r>
+            <w:r w:rsidR="009E1DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC1139">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980C0B" w:rsidRPr="007F1580" w14:paraId="6EAC191D" w14:textId="77777777" w:rsidTr="0093644B">
+      <w:tr w:rsidR="00980C0B" w:rsidRPr="00E22D10" w14:paraId="6EAC191D" w14:textId="77777777" w:rsidTr="0093644B">
         <w:trPr>
           <w:trHeight w:val="337"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4742" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="63A13C64" w14:textId="77777777" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="008A48FC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1139">
               <w:rPr>
@@ -1897,181 +1534,200 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4958" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="40" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="780D3101" w14:textId="77777777" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="008A48FC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00AC1139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR"/>
-[...1 lines deleted...]
-              <w:t>(     ) Homologado</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC1139">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   ) Homologado</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D1DF25E" w14:textId="77777777" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="008A48FC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00AC1139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR"/>
-[...1 lines deleted...]
-              <w:t>(     ) Não Homologado</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC1139">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   ) Não Homologado</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70E7D57D" w14:textId="77777777" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="008A48FC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6410AC3A" w14:textId="584E3FD0" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="006D4202">
+          <w:p w14:paraId="6410AC3A" w14:textId="68CE45F2" w:rsidR="00980C0B" w:rsidRPr="00AC1139" w:rsidRDefault="00980C0B" w:rsidP="009E1DDC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR"/>
-[...19 lines deleted...]
-              <w:t>4</w:t>
+              </w:rPr>
+              <w:t>Mediane</w:t>
+            </w:r>
+            <w:r w:rsidR="009E1DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ira, ____ de____________  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009E1DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009E1DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20____</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC1139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7CD8BC72" w14:textId="77777777" w:rsidR="00BE16B2" w:rsidRPr="00AC1139" w:rsidRDefault="00BE16B2" w:rsidP="00170F90">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BE16B2" w:rsidRPr="00AC1139" w:rsidSect="00272DAE">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footnotePr>
         <w:pos w:val="beneathText"/>
       </w:footnotePr>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="993" w:right="1418" w:bottom="1440" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A0DBC02" w14:textId="77777777" w:rsidR="00CE4C93" w:rsidRDefault="00CE4C93">
+    <w:p w14:paraId="134ADBFD" w14:textId="77777777" w:rsidR="003335DA" w:rsidRDefault="003335DA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="294299FD" w14:textId="77777777" w:rsidR="00CE4C93" w:rsidRDefault="00CE4C93">
+    <w:p w14:paraId="4FAEB336" w14:textId="77777777" w:rsidR="003335DA" w:rsidRDefault="003335DA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2089,184 +1745,332 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Century Gothic">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="0B67D85E" w14:textId="77777777" w:rsidR="009B7128" w:rsidRDefault="009B7128">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7701D8A7" w14:textId="77777777" w:rsidR="00CE4C93" w:rsidRDefault="00CE4C93">
+    <w:p w14:paraId="315E2973" w14:textId="77777777" w:rsidR="003335DA" w:rsidRDefault="003335DA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0ED3451C" w14:textId="77777777" w:rsidR="00CE4C93" w:rsidRDefault="00CE4C93">
+    <w:p w14:paraId="485B087A" w14:textId="77777777" w:rsidR="003335DA" w:rsidRDefault="003335DA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...82 lines deleted...]
-  <w:p w14:paraId="77891656" w14:textId="77777777" w:rsidR="00A05152" w:rsidRDefault="00A05152">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="9863" w:type="dxa"/>
+      <w:jc w:val="center"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="1276"/>
+      <w:gridCol w:w="6376"/>
+      <w:gridCol w:w="2211"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00054789" w:rsidRPr="00A40B0A" w14:paraId="392CF9F6" w14:textId="77777777" w:rsidTr="00971432">
+      <w:trPr>
+        <w:trHeight w:val="1129"/>
+        <w:jc w:val="center"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1276" w:type="dxa"/>
+          <w:tcBorders>
+            <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcBorders>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="333BBF0B" w14:textId="77777777" w:rsidR="00054789" w:rsidRPr="00A40B0A" w:rsidRDefault="00054789" w:rsidP="00054789">
+          <w:pPr>
+            <w:snapToGrid w:val="0"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A40B0A">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pt-BR"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D7E34FA" wp14:editId="3DC30FCC">
+                <wp:extent cx="685800" cy="685800"/>
+                <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+                <wp:docPr id="5" name="Imagem 1" descr="Desenho de personagem de desenho animado&#10;&#10;Descrição gerada automaticamente com confiança média"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="5" name="Imagem 1" descr="Desenho de personagem de desenho animado&#10;&#10;Descrição gerada automaticamente com confiança média"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1" cstate="print"/>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="685800" cy="685800"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF">
+                            <a:alpha val="0"/>
+                          </a:srgbClr>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="6376" w:type="dxa"/>
+          <w:tcBorders>
+            <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcBorders>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="161CCED5" w14:textId="77777777" w:rsidR="00054789" w:rsidRPr="00A40B0A" w:rsidRDefault="00054789" w:rsidP="00054789">
+          <w:pPr>
+            <w:pStyle w:val="Ttulo1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="0"/>
+            </w:tabs>
+            <w:snapToGrid w:val="0"/>
+            <w:spacing w:after="60"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A40B0A">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Ministério da Educação</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="6A377FF1" w14:textId="77777777" w:rsidR="00054789" w:rsidRPr="00A40B0A" w:rsidRDefault="00054789" w:rsidP="00054789">
+          <w:pPr>
+            <w:spacing w:after="60"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A40B0A">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+            </w:rPr>
+            <w:t>Universidade Tecnológica Federal do Paraná</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="6E343416" w14:textId="77777777" w:rsidR="00054789" w:rsidRPr="00A40B0A" w:rsidRDefault="00054789" w:rsidP="00054789">
+          <w:pPr>
+            <w:spacing w:after="60"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A40B0A">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Programa de Pós-Graduação em </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
+            <w:t>Propriedade Intelectual e Transferência de Tecnologia para Inovação</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2211" w:type="dxa"/>
+          <w:tcBorders>
+            <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcBorders>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="63BF33A4" w14:textId="77777777" w:rsidR="00054789" w:rsidRPr="00A40B0A" w:rsidRDefault="00054789" w:rsidP="00054789">
+          <w:pPr>
+            <w:snapToGrid w:val="0"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="8"/>
+              <w:szCs w:val="8"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A40B0A">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pt-BR"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F41C8B1" wp14:editId="19BD285D">
+                <wp:extent cx="1247775" cy="457200"/>
+                <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
+                <wp:docPr id="6" name="Imagem 2" descr="Desenho de um círculo&#10;&#10;Descrição gerada automaticamente com confiança baixa"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="6" name="Imagem 2" descr="Desenho de um círculo&#10;&#10;Descrição gerada automaticamente com confiança baixa"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId2" cstate="print"/>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1247775" cy="457200"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF">
+                            <a:alpha val="0"/>
+                          </a:srgbClr>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="77891656" w14:textId="77777777" w:rsidR="00A05152" w:rsidRPr="00054789" w:rsidRDefault="00A05152" w:rsidP="00054789">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3807,211 +3611,214 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2000385041">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1025248500">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="126317937">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="291789638">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="764569761">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1536847058">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="2085947821">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="936207739">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1895509098">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="810826624">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1588075264">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1309163590">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="510682452">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1163088166">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="656953986">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1792623311">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyNja3MDIwtDQ2MjOytDRV0lEKTi0uzszPAykwtKgFAP50SYstAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00567059"/>
     <w:rsid w:val="000100CE"/>
     <w:rsid w:val="00011648"/>
     <w:rsid w:val="00013BC7"/>
     <w:rsid w:val="000141C5"/>
     <w:rsid w:val="00016FBD"/>
     <w:rsid w:val="00017BA6"/>
     <w:rsid w:val="00020ABF"/>
     <w:rsid w:val="00026216"/>
     <w:rsid w:val="00027C25"/>
     <w:rsid w:val="000330A3"/>
     <w:rsid w:val="00033141"/>
     <w:rsid w:val="0003581A"/>
     <w:rsid w:val="000369F0"/>
     <w:rsid w:val="00037298"/>
     <w:rsid w:val="0004062C"/>
     <w:rsid w:val="00043AAA"/>
     <w:rsid w:val="0004638F"/>
     <w:rsid w:val="00046831"/>
     <w:rsid w:val="000470FD"/>
     <w:rsid w:val="0004783F"/>
     <w:rsid w:val="0005355A"/>
     <w:rsid w:val="000542D8"/>
+    <w:rsid w:val="00054789"/>
     <w:rsid w:val="00055206"/>
     <w:rsid w:val="00056424"/>
     <w:rsid w:val="00060988"/>
     <w:rsid w:val="00066341"/>
     <w:rsid w:val="00066C46"/>
     <w:rsid w:val="00066E6F"/>
     <w:rsid w:val="00072111"/>
     <w:rsid w:val="000743FD"/>
     <w:rsid w:val="00074E6F"/>
     <w:rsid w:val="00076CD4"/>
     <w:rsid w:val="00076EF2"/>
     <w:rsid w:val="00077404"/>
     <w:rsid w:val="00077FD0"/>
     <w:rsid w:val="0008253D"/>
     <w:rsid w:val="000831D0"/>
     <w:rsid w:val="00084BB0"/>
     <w:rsid w:val="00085DAB"/>
     <w:rsid w:val="000904C7"/>
     <w:rsid w:val="00091698"/>
     <w:rsid w:val="00093302"/>
     <w:rsid w:val="00097F33"/>
     <w:rsid w:val="000A1025"/>
     <w:rsid w:val="000A31D1"/>
     <w:rsid w:val="000A73C6"/>
     <w:rsid w:val="000A73D2"/>
     <w:rsid w:val="000A7DAF"/>
     <w:rsid w:val="000B0299"/>
     <w:rsid w:val="000B2A57"/>
     <w:rsid w:val="000B35D6"/>
     <w:rsid w:val="000B5CA8"/>
     <w:rsid w:val="000B7AE4"/>
     <w:rsid w:val="000C149C"/>
     <w:rsid w:val="000C3834"/>
     <w:rsid w:val="000C4316"/>
     <w:rsid w:val="000C481B"/>
     <w:rsid w:val="000C4D99"/>
     <w:rsid w:val="000D05AA"/>
     <w:rsid w:val="000D0B6F"/>
     <w:rsid w:val="000D0BC5"/>
     <w:rsid w:val="000D2B17"/>
     <w:rsid w:val="000D561F"/>
     <w:rsid w:val="000D608F"/>
     <w:rsid w:val="000D7FC0"/>
     <w:rsid w:val="000E0151"/>
     <w:rsid w:val="000E2C90"/>
     <w:rsid w:val="000E3381"/>
     <w:rsid w:val="000E66AC"/>
     <w:rsid w:val="000E6989"/>
     <w:rsid w:val="000E6A93"/>
     <w:rsid w:val="000F0F83"/>
+    <w:rsid w:val="000F1030"/>
     <w:rsid w:val="000F2082"/>
     <w:rsid w:val="000F3AAF"/>
     <w:rsid w:val="000F6B11"/>
     <w:rsid w:val="000F78F7"/>
     <w:rsid w:val="000F7B54"/>
     <w:rsid w:val="00101E20"/>
     <w:rsid w:val="00105D61"/>
     <w:rsid w:val="001076C0"/>
     <w:rsid w:val="00113D1C"/>
     <w:rsid w:val="00116232"/>
     <w:rsid w:val="0011749C"/>
     <w:rsid w:val="00117556"/>
     <w:rsid w:val="00120646"/>
     <w:rsid w:val="001207EA"/>
     <w:rsid w:val="00122DAE"/>
     <w:rsid w:val="0012355B"/>
     <w:rsid w:val="00135378"/>
     <w:rsid w:val="0014258F"/>
     <w:rsid w:val="001429DA"/>
     <w:rsid w:val="00143155"/>
     <w:rsid w:val="0014522D"/>
     <w:rsid w:val="0014732A"/>
     <w:rsid w:val="00147A76"/>
     <w:rsid w:val="00147CE9"/>
     <w:rsid w:val="00150403"/>
@@ -4039,51 +3846,50 @@
     <w:rsid w:val="001A67B7"/>
     <w:rsid w:val="001B133F"/>
     <w:rsid w:val="001B18D4"/>
     <w:rsid w:val="001B412C"/>
     <w:rsid w:val="001B4EE2"/>
     <w:rsid w:val="001B5C6C"/>
     <w:rsid w:val="001B5D4C"/>
     <w:rsid w:val="001B6C56"/>
     <w:rsid w:val="001B717F"/>
     <w:rsid w:val="001C00EC"/>
     <w:rsid w:val="001C08D9"/>
     <w:rsid w:val="001C62A0"/>
     <w:rsid w:val="001C649A"/>
     <w:rsid w:val="001D1F04"/>
     <w:rsid w:val="001D26BD"/>
     <w:rsid w:val="001D56F9"/>
     <w:rsid w:val="001D64E9"/>
     <w:rsid w:val="001D65CF"/>
     <w:rsid w:val="001E24E9"/>
     <w:rsid w:val="001E4586"/>
     <w:rsid w:val="001E4BDA"/>
     <w:rsid w:val="001E5953"/>
     <w:rsid w:val="001E7721"/>
     <w:rsid w:val="001F0488"/>
     <w:rsid w:val="001F0604"/>
-    <w:rsid w:val="001F14F9"/>
     <w:rsid w:val="001F35A5"/>
     <w:rsid w:val="001F40AB"/>
     <w:rsid w:val="0020119F"/>
     <w:rsid w:val="0020306E"/>
     <w:rsid w:val="002034BA"/>
     <w:rsid w:val="00204C61"/>
     <w:rsid w:val="0020567D"/>
     <w:rsid w:val="002101BD"/>
     <w:rsid w:val="00215A04"/>
     <w:rsid w:val="00216CFF"/>
     <w:rsid w:val="00220546"/>
     <w:rsid w:val="00223152"/>
     <w:rsid w:val="00224352"/>
     <w:rsid w:val="002257E0"/>
     <w:rsid w:val="00230806"/>
     <w:rsid w:val="00230F0C"/>
     <w:rsid w:val="00231235"/>
     <w:rsid w:val="00231F13"/>
     <w:rsid w:val="00231FCF"/>
     <w:rsid w:val="00235263"/>
     <w:rsid w:val="00237353"/>
     <w:rsid w:val="002425ED"/>
     <w:rsid w:val="00242B5C"/>
     <w:rsid w:val="00242EC3"/>
     <w:rsid w:val="00245D15"/>
@@ -4140,87 +3946,89 @@
     <w:rsid w:val="002F3858"/>
     <w:rsid w:val="002F3F11"/>
     <w:rsid w:val="002F3F1E"/>
     <w:rsid w:val="002F53E4"/>
     <w:rsid w:val="002F61B2"/>
     <w:rsid w:val="002F73F9"/>
     <w:rsid w:val="00301408"/>
     <w:rsid w:val="00301DB4"/>
     <w:rsid w:val="00301E96"/>
     <w:rsid w:val="0030261A"/>
     <w:rsid w:val="00303A83"/>
     <w:rsid w:val="003054BB"/>
     <w:rsid w:val="00313E37"/>
     <w:rsid w:val="00314017"/>
     <w:rsid w:val="00315D36"/>
     <w:rsid w:val="003206B8"/>
     <w:rsid w:val="00321A18"/>
     <w:rsid w:val="00323185"/>
     <w:rsid w:val="003236F3"/>
     <w:rsid w:val="003243A2"/>
     <w:rsid w:val="0032625C"/>
     <w:rsid w:val="003265B1"/>
     <w:rsid w:val="00330E9B"/>
     <w:rsid w:val="003322BA"/>
     <w:rsid w:val="003323BD"/>
+    <w:rsid w:val="003335DA"/>
     <w:rsid w:val="00333B5B"/>
     <w:rsid w:val="00334DD5"/>
     <w:rsid w:val="00336134"/>
     <w:rsid w:val="00345D01"/>
     <w:rsid w:val="003471EC"/>
     <w:rsid w:val="003505F0"/>
     <w:rsid w:val="0035404A"/>
     <w:rsid w:val="003542E5"/>
     <w:rsid w:val="0035458D"/>
     <w:rsid w:val="00355528"/>
     <w:rsid w:val="00355E35"/>
     <w:rsid w:val="00361526"/>
     <w:rsid w:val="00361CA3"/>
     <w:rsid w:val="003666B0"/>
     <w:rsid w:val="00370D03"/>
     <w:rsid w:val="00371151"/>
     <w:rsid w:val="0037285B"/>
     <w:rsid w:val="003736CB"/>
     <w:rsid w:val="0037498A"/>
     <w:rsid w:val="0037564F"/>
     <w:rsid w:val="00375BBC"/>
     <w:rsid w:val="00377957"/>
     <w:rsid w:val="0038738A"/>
     <w:rsid w:val="00387C13"/>
     <w:rsid w:val="00390929"/>
     <w:rsid w:val="00394D4E"/>
     <w:rsid w:val="003A0789"/>
     <w:rsid w:val="003A1B65"/>
     <w:rsid w:val="003A3DD1"/>
     <w:rsid w:val="003A56CA"/>
     <w:rsid w:val="003A5856"/>
     <w:rsid w:val="003B0831"/>
     <w:rsid w:val="003B1C77"/>
     <w:rsid w:val="003B38DB"/>
     <w:rsid w:val="003B68E1"/>
     <w:rsid w:val="003B6B2F"/>
     <w:rsid w:val="003C063E"/>
+    <w:rsid w:val="003C09F8"/>
     <w:rsid w:val="003C14D8"/>
     <w:rsid w:val="003C276D"/>
     <w:rsid w:val="003C7C2B"/>
     <w:rsid w:val="003D38C0"/>
     <w:rsid w:val="003D4259"/>
     <w:rsid w:val="003D4CE5"/>
     <w:rsid w:val="003D4F0C"/>
     <w:rsid w:val="003D5A06"/>
     <w:rsid w:val="003D5E04"/>
     <w:rsid w:val="003D64BA"/>
     <w:rsid w:val="003E3CDA"/>
     <w:rsid w:val="003E59A1"/>
     <w:rsid w:val="003E7652"/>
     <w:rsid w:val="003F2356"/>
     <w:rsid w:val="003F344B"/>
     <w:rsid w:val="003F4E29"/>
     <w:rsid w:val="003F5279"/>
     <w:rsid w:val="003F54BF"/>
     <w:rsid w:val="00400298"/>
     <w:rsid w:val="00403199"/>
     <w:rsid w:val="0040491C"/>
     <w:rsid w:val="004114A0"/>
     <w:rsid w:val="0041196D"/>
     <w:rsid w:val="00411BFC"/>
     <w:rsid w:val="0041524C"/>
@@ -4459,51 +4267,50 @@
     <w:rsid w:val="006E0FFD"/>
     <w:rsid w:val="006E1D4E"/>
     <w:rsid w:val="006E277F"/>
     <w:rsid w:val="006E2920"/>
     <w:rsid w:val="006E405D"/>
     <w:rsid w:val="006E5594"/>
     <w:rsid w:val="006E6D76"/>
     <w:rsid w:val="006E76F0"/>
     <w:rsid w:val="006F045B"/>
     <w:rsid w:val="006F0F3B"/>
     <w:rsid w:val="006F20CA"/>
     <w:rsid w:val="006F3BBD"/>
     <w:rsid w:val="006F524D"/>
     <w:rsid w:val="006F7336"/>
     <w:rsid w:val="006F7481"/>
     <w:rsid w:val="006F7E01"/>
     <w:rsid w:val="00702D64"/>
     <w:rsid w:val="007044DF"/>
     <w:rsid w:val="007052B4"/>
     <w:rsid w:val="00705B97"/>
     <w:rsid w:val="00706400"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="007076EA"/>
     <w:rsid w:val="00711C45"/>
     <w:rsid w:val="00712AF5"/>
-    <w:rsid w:val="00713483"/>
     <w:rsid w:val="00714F0B"/>
     <w:rsid w:val="007152A6"/>
     <w:rsid w:val="007164A1"/>
     <w:rsid w:val="0072096B"/>
     <w:rsid w:val="00720F62"/>
     <w:rsid w:val="007215BF"/>
     <w:rsid w:val="00722A39"/>
     <w:rsid w:val="0072384E"/>
     <w:rsid w:val="0072615F"/>
     <w:rsid w:val="00726480"/>
     <w:rsid w:val="00732112"/>
     <w:rsid w:val="00733BF4"/>
     <w:rsid w:val="0073595E"/>
     <w:rsid w:val="00735A5B"/>
     <w:rsid w:val="007361E7"/>
     <w:rsid w:val="007418A7"/>
     <w:rsid w:val="00742DFF"/>
     <w:rsid w:val="00743326"/>
     <w:rsid w:val="00743B95"/>
     <w:rsid w:val="007443FE"/>
     <w:rsid w:val="00745766"/>
     <w:rsid w:val="007459F0"/>
     <w:rsid w:val="00750BC0"/>
     <w:rsid w:val="00751150"/>
     <w:rsid w:val="0075710D"/>
@@ -4534,51 +4341,50 @@
     <w:rsid w:val="007B1B35"/>
     <w:rsid w:val="007B22B6"/>
     <w:rsid w:val="007B25F9"/>
     <w:rsid w:val="007B279D"/>
     <w:rsid w:val="007B3CD3"/>
     <w:rsid w:val="007B4B20"/>
     <w:rsid w:val="007B61AC"/>
     <w:rsid w:val="007C1B42"/>
     <w:rsid w:val="007C2B48"/>
     <w:rsid w:val="007C2F5A"/>
     <w:rsid w:val="007C3207"/>
     <w:rsid w:val="007C3BB3"/>
     <w:rsid w:val="007C431A"/>
     <w:rsid w:val="007C56DF"/>
     <w:rsid w:val="007C66F6"/>
     <w:rsid w:val="007D090D"/>
     <w:rsid w:val="007D0ABD"/>
     <w:rsid w:val="007D212B"/>
     <w:rsid w:val="007D3FA1"/>
     <w:rsid w:val="007D7191"/>
     <w:rsid w:val="007E1451"/>
     <w:rsid w:val="007E23AD"/>
     <w:rsid w:val="007E322B"/>
     <w:rsid w:val="007F07A9"/>
     <w:rsid w:val="007F0A48"/>
-    <w:rsid w:val="007F1580"/>
     <w:rsid w:val="007F26C9"/>
     <w:rsid w:val="007F3677"/>
     <w:rsid w:val="007F3705"/>
     <w:rsid w:val="007F5D0D"/>
     <w:rsid w:val="00803304"/>
     <w:rsid w:val="00804687"/>
     <w:rsid w:val="008050A9"/>
     <w:rsid w:val="00806D8A"/>
     <w:rsid w:val="00811E1C"/>
     <w:rsid w:val="00812065"/>
     <w:rsid w:val="008127AF"/>
     <w:rsid w:val="00815766"/>
     <w:rsid w:val="00815BC1"/>
     <w:rsid w:val="008164E9"/>
     <w:rsid w:val="0081727B"/>
     <w:rsid w:val="00820822"/>
     <w:rsid w:val="00822094"/>
     <w:rsid w:val="008246FC"/>
     <w:rsid w:val="00826AAE"/>
     <w:rsid w:val="008274CA"/>
     <w:rsid w:val="00827606"/>
     <w:rsid w:val="008300FA"/>
     <w:rsid w:val="00830B19"/>
     <w:rsid w:val="0083108B"/>
     <w:rsid w:val="00831EE3"/>
@@ -4686,50 +4492,51 @@
     <w:rsid w:val="00993BF5"/>
     <w:rsid w:val="00994630"/>
     <w:rsid w:val="009953D7"/>
     <w:rsid w:val="0099780A"/>
     <w:rsid w:val="009A2B74"/>
     <w:rsid w:val="009A2BAC"/>
     <w:rsid w:val="009A3AE2"/>
     <w:rsid w:val="009A3BF7"/>
     <w:rsid w:val="009A4072"/>
     <w:rsid w:val="009A4B44"/>
     <w:rsid w:val="009A5407"/>
     <w:rsid w:val="009B1464"/>
     <w:rsid w:val="009B3FA8"/>
     <w:rsid w:val="009B5BE8"/>
     <w:rsid w:val="009B7128"/>
     <w:rsid w:val="009C195C"/>
     <w:rsid w:val="009C4330"/>
     <w:rsid w:val="009C5541"/>
     <w:rsid w:val="009C6197"/>
     <w:rsid w:val="009C65F5"/>
     <w:rsid w:val="009D0674"/>
     <w:rsid w:val="009D0BFE"/>
     <w:rsid w:val="009D500B"/>
     <w:rsid w:val="009E1043"/>
     <w:rsid w:val="009E1923"/>
+    <w:rsid w:val="009E1DDC"/>
     <w:rsid w:val="009E4138"/>
     <w:rsid w:val="009E5FB3"/>
     <w:rsid w:val="009E76BE"/>
     <w:rsid w:val="009F06D0"/>
     <w:rsid w:val="009F13A4"/>
     <w:rsid w:val="009F2E60"/>
     <w:rsid w:val="009F36AC"/>
     <w:rsid w:val="009F37F4"/>
     <w:rsid w:val="009F5FCC"/>
     <w:rsid w:val="009F610F"/>
     <w:rsid w:val="009F6513"/>
     <w:rsid w:val="00A00E4D"/>
     <w:rsid w:val="00A033A4"/>
     <w:rsid w:val="00A05152"/>
     <w:rsid w:val="00A05927"/>
     <w:rsid w:val="00A12E06"/>
     <w:rsid w:val="00A13CC4"/>
     <w:rsid w:val="00A20F8A"/>
     <w:rsid w:val="00A21048"/>
     <w:rsid w:val="00A2216F"/>
     <w:rsid w:val="00A22D32"/>
     <w:rsid w:val="00A24D0E"/>
     <w:rsid w:val="00A25569"/>
     <w:rsid w:val="00A26C6B"/>
     <w:rsid w:val="00A30122"/>
@@ -4915,58 +4722,58 @@
     <w:rsid w:val="00CA0CC8"/>
     <w:rsid w:val="00CA331F"/>
     <w:rsid w:val="00CA3575"/>
     <w:rsid w:val="00CA656E"/>
     <w:rsid w:val="00CA6AED"/>
     <w:rsid w:val="00CB0D33"/>
     <w:rsid w:val="00CB1116"/>
     <w:rsid w:val="00CB383C"/>
     <w:rsid w:val="00CB5184"/>
     <w:rsid w:val="00CB5483"/>
     <w:rsid w:val="00CB64C7"/>
     <w:rsid w:val="00CB6FBF"/>
     <w:rsid w:val="00CC06DE"/>
     <w:rsid w:val="00CC1B3D"/>
     <w:rsid w:val="00CC3AD1"/>
     <w:rsid w:val="00CD126C"/>
     <w:rsid w:val="00CD2802"/>
     <w:rsid w:val="00CD37C3"/>
     <w:rsid w:val="00CD3984"/>
     <w:rsid w:val="00CD4A71"/>
     <w:rsid w:val="00CD58E3"/>
     <w:rsid w:val="00CD5F90"/>
     <w:rsid w:val="00CE115C"/>
     <w:rsid w:val="00CE30AA"/>
     <w:rsid w:val="00CE36A5"/>
-    <w:rsid w:val="00CE4C93"/>
     <w:rsid w:val="00CE786F"/>
     <w:rsid w:val="00CF00BD"/>
     <w:rsid w:val="00CF039F"/>
     <w:rsid w:val="00CF0C7D"/>
     <w:rsid w:val="00CF1892"/>
     <w:rsid w:val="00CF288B"/>
     <w:rsid w:val="00CF29C5"/>
+    <w:rsid w:val="00CF73EA"/>
     <w:rsid w:val="00CF75CC"/>
     <w:rsid w:val="00D01D7A"/>
     <w:rsid w:val="00D01E2C"/>
     <w:rsid w:val="00D0409E"/>
     <w:rsid w:val="00D047A4"/>
     <w:rsid w:val="00D04B44"/>
     <w:rsid w:val="00D10F7E"/>
     <w:rsid w:val="00D15B11"/>
     <w:rsid w:val="00D207ED"/>
     <w:rsid w:val="00D22268"/>
     <w:rsid w:val="00D224CF"/>
     <w:rsid w:val="00D2292D"/>
     <w:rsid w:val="00D25EF6"/>
     <w:rsid w:val="00D30E6C"/>
     <w:rsid w:val="00D31006"/>
     <w:rsid w:val="00D32EFB"/>
     <w:rsid w:val="00D32FB2"/>
     <w:rsid w:val="00D342C1"/>
     <w:rsid w:val="00D3495B"/>
     <w:rsid w:val="00D36416"/>
     <w:rsid w:val="00D4029B"/>
     <w:rsid w:val="00D40D22"/>
     <w:rsid w:val="00D507C1"/>
     <w:rsid w:val="00D51101"/>
     <w:rsid w:val="00D52257"/>
@@ -5007,50 +4814,51 @@
     <w:rsid w:val="00DD1714"/>
     <w:rsid w:val="00DD1D25"/>
     <w:rsid w:val="00DD3C92"/>
     <w:rsid w:val="00DD7022"/>
     <w:rsid w:val="00DE1A20"/>
     <w:rsid w:val="00DE3559"/>
     <w:rsid w:val="00DE6397"/>
     <w:rsid w:val="00DF0499"/>
     <w:rsid w:val="00DF3609"/>
     <w:rsid w:val="00DF60E9"/>
     <w:rsid w:val="00DF61FE"/>
     <w:rsid w:val="00DF7260"/>
     <w:rsid w:val="00E0049A"/>
     <w:rsid w:val="00E06C30"/>
     <w:rsid w:val="00E105F3"/>
     <w:rsid w:val="00E20C78"/>
     <w:rsid w:val="00E21EBE"/>
     <w:rsid w:val="00E2216E"/>
     <w:rsid w:val="00E22D10"/>
     <w:rsid w:val="00E348D0"/>
     <w:rsid w:val="00E355BE"/>
     <w:rsid w:val="00E35BFA"/>
     <w:rsid w:val="00E413EC"/>
     <w:rsid w:val="00E4148D"/>
     <w:rsid w:val="00E4231B"/>
+    <w:rsid w:val="00E4641E"/>
     <w:rsid w:val="00E47914"/>
     <w:rsid w:val="00E5051F"/>
     <w:rsid w:val="00E51702"/>
     <w:rsid w:val="00E52001"/>
     <w:rsid w:val="00E521B6"/>
     <w:rsid w:val="00E523F3"/>
     <w:rsid w:val="00E52C7F"/>
     <w:rsid w:val="00E55ED2"/>
     <w:rsid w:val="00E5648D"/>
     <w:rsid w:val="00E5653B"/>
     <w:rsid w:val="00E56EB6"/>
     <w:rsid w:val="00E62F25"/>
     <w:rsid w:val="00E62F30"/>
     <w:rsid w:val="00E63B91"/>
     <w:rsid w:val="00E63CF4"/>
     <w:rsid w:val="00E64788"/>
     <w:rsid w:val="00E650EB"/>
     <w:rsid w:val="00E6709B"/>
     <w:rsid w:val="00E67ECB"/>
     <w:rsid w:val="00E70CF3"/>
     <w:rsid w:val="00E71116"/>
     <w:rsid w:val="00E71EC4"/>
     <w:rsid w:val="00E73F20"/>
     <w:rsid w:val="00E81657"/>
     <w:rsid w:val="00E821F0"/>
@@ -5068,50 +4876,51 @@
     <w:rsid w:val="00E95931"/>
     <w:rsid w:val="00E97DEE"/>
     <w:rsid w:val="00EA12DD"/>
     <w:rsid w:val="00EA2BD2"/>
     <w:rsid w:val="00EA43A9"/>
     <w:rsid w:val="00EA4768"/>
     <w:rsid w:val="00EA7006"/>
     <w:rsid w:val="00EA7011"/>
     <w:rsid w:val="00EA73CD"/>
     <w:rsid w:val="00EA75F1"/>
     <w:rsid w:val="00EB014B"/>
     <w:rsid w:val="00EB1C2C"/>
     <w:rsid w:val="00EB26EC"/>
     <w:rsid w:val="00EB2EF1"/>
     <w:rsid w:val="00EB4184"/>
     <w:rsid w:val="00EB5F42"/>
     <w:rsid w:val="00EB6661"/>
     <w:rsid w:val="00EB6A28"/>
     <w:rsid w:val="00EC03CC"/>
     <w:rsid w:val="00EC160A"/>
     <w:rsid w:val="00EC4AEC"/>
     <w:rsid w:val="00EC4ECA"/>
     <w:rsid w:val="00EC5E60"/>
     <w:rsid w:val="00EC62ED"/>
     <w:rsid w:val="00ED18A8"/>
+    <w:rsid w:val="00ED53A3"/>
     <w:rsid w:val="00ED53F2"/>
     <w:rsid w:val="00ED575C"/>
     <w:rsid w:val="00ED5DA2"/>
     <w:rsid w:val="00ED6A03"/>
     <w:rsid w:val="00ED7B2B"/>
     <w:rsid w:val="00EE0622"/>
     <w:rsid w:val="00EE13E1"/>
     <w:rsid w:val="00EE1503"/>
     <w:rsid w:val="00EE17B4"/>
     <w:rsid w:val="00EE23F7"/>
     <w:rsid w:val="00EE30E6"/>
     <w:rsid w:val="00EE483B"/>
     <w:rsid w:val="00EE491B"/>
     <w:rsid w:val="00EE6A4E"/>
     <w:rsid w:val="00EE6F85"/>
     <w:rsid w:val="00EE7C79"/>
     <w:rsid w:val="00EF038D"/>
     <w:rsid w:val="00EF41C5"/>
     <w:rsid w:val="00EF4287"/>
     <w:rsid w:val="00EF4AE3"/>
     <w:rsid w:val="00F01FCE"/>
     <w:rsid w:val="00F0288A"/>
     <w:rsid w:val="00F06181"/>
     <w:rsid w:val="00F1078C"/>
     <w:rsid w:val="00F10B92"/>
@@ -5189,80 +4998,80 @@
     <w:rsid w:val="00FD6BCC"/>
     <w:rsid w:val="00FD7A08"/>
     <w:rsid w:val="00FE35B4"/>
     <w:rsid w:val="00FE49DB"/>
     <w:rsid w:val="00FE7380"/>
     <w:rsid w:val="00FF2961"/>
     <w:rsid w:val="00FF4294"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="279A9D49"/>
   <w15:docId w15:val="{BD124A8C-4ED2-4CE3-A0D3-706D4832721E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5590,89 +5399,83 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004C25F4"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Char"/>
     <w:qFormat/>
     <w:rsid w:val="004C25F4"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Char1"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00DA2171"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
@@ -6003,51 +5806,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="0098160B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttulo31">
     <w:name w:val="Título 31"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00980C0B"/>
     <w:pPr>
       <w:keepNext/>
       <w:suppressAutoHyphens w:val="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="00000A"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+      <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Char">
     <w:name w:val="Título 3 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo31"/>
     <w:qFormat/>
     <w:rsid w:val="00980C0B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="00000A"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cabealho1">
     <w:name w:val="Cabeçalho1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00980C0B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
@@ -6075,125 +5878,125 @@
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="MenoPendente3">
     <w:name w:val="Menção Pendente3"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C74100"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="textojustificado">
     <w:name w:val="texto_justificado"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00885CCB"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+      <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00885CCB"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+      <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="MenoPendente">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00425A5E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="861865530">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1096511537">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6446,87 +6249,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2781B018-B019-45CE-9C75-19ED283EA862}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E06B7BB3-246E-4C0E-A052-F428969058D4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>165</Words>
-  <Characters>892</Characters>
+  <Words>158</Words>
+  <Characters>858</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UTFPR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1055</CharactersWithSpaces>
+  <CharactersWithSpaces>1014</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Aziza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>546e974cdd2ef50e9da002071159322be14164b3261ec4d445c33fa7fb34add8</vt:lpwstr>
   </property>
 </Properties>
 </file>