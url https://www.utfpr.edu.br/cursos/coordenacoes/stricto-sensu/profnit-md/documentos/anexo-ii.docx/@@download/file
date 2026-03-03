--- v0 (2025-10-09)
+++ v1 (2026-03-03)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9863" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="6376"/>
         <w:gridCol w:w="2211"/>
       </w:tblGrid>
       <w:tr w:rsidR="00197A90" w:rsidRPr="00A40B0A" w14:paraId="0EE5219B" w14:textId="77777777" w:rsidTr="00EC4477">
         <w:trPr>
           <w:trHeight w:val="1129"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
@@ -330,51 +330,51 @@
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex">
             <w:pict>
               <v:shapetype w14:anchorId="57DEDB68" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="AutoShape 7" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-18.25pt;margin-top:2.4pt;width:489.6pt;height:.6pt;flip:y;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCoOU5qwwEAAGMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+wYaLoacXpIl126&#10;LUC73RVZtoXJokAqcfLvRylp9nUr6oNAiuTT4yO9vD+OThwMkgXfyPmslMJ4Da31fSO/P28+fJSC&#10;ovKtcuBNI0+G5P3q/bvlFGpTwQCuNSgYxFM9hUYOMYa6KEgPZlQ0g2A8BzvAUUV2sS9aVBOjj66o&#10;ynJRTIBtQNCGiG8fzkG5yvhdZ3T81nVkonCNZG4xn5jPXTqL1VLVPaowWH2hoV7BYlTW86NXqAcV&#10;ldij/Q9qtBqBoIszDWMBXWe1yT1wN/Pyn26eBhVM7oXFoXCVid4OVn89rP0WE3V99E/hEfRPEh7W&#10;g/K9yQSeT4EHN09SFVOg+lqSHApbFLvpC7Sco/YRsgrHDkfRORt+pMIEzp2KY5b9dJXdHKPQfLmo&#10;5rd3FU9Hc+x2wVZ6StUJJdUGpPjZwCiS0UiKqGw/xDV4z/MFPL+gDo8Uz4UvBanYw8Y6l8fsvJga&#10;eXdT3WRKBM62KZjSCPvd2qE4KF6UDX/lC4u/0hD2vs1gg1Htp4sdlXVnm1k7f9EpSZP2kOodtKct&#10;Jm7J40nm9i5bl1blTz9n/f43Vr8AAAD//wMAUEsDBBQABgAIAAAAIQChnFzF3QAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT8JAFITvJv6HzTPxBlsBa628EqLxwIkAJl6X7qOtdt/W7hbqv/d5&#10;0uNkJjPfLFeja9WZ+tB4RribJqCIS28brhDeDq+TDFSIhq1pPRPCNwVYFddXS5Nbf+EdnfexUlLC&#10;ITcIdYxdrnUoa3ImTH1HLN7J985EkX2lbW8uUu5aPUuSVDvTsCzUpqPnmsrP/eAQ7OZwWqdZN35U&#10;WbN52c75a9i+I97ejOsnUJHG+BeGX3xBh0KYjn5gG1SLMJmn9xJFWMgD8R8XswdQR4Q0AV0s9X/+&#10;4gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCoOU5qwwEAAGMDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQChnFzF3QAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAB0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJwUAAAAA&#10;" strokecolor="yellow"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10004" w:type="dxa"/>
         <w:tblInd w:w="-436" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10004"/>
@@ -568,51 +568,51 @@
                                     <w:rPr>
                                       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                                       <w:b w:val="0"/>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                     <w:t>20____</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex">
                   <w:pict>
                     <v:shapetype w14:anchorId="3B59B37A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
                     <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:7.6pt;width:351.55pt;height:23.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvq48rNQIAAKcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtuGjEQfa/Uf7D8XpalQMiKJUpJU1VK&#10;L1LaDzBeL2vF9ri2YZd+fcc2ENpKfajCg+WZWZ+5nDksbwatyF44L8HUtByNKRGGQyPNtqbfv92/&#10;WVDiAzMNU2BETQ/C05vV61fL3lZiAh2oRjiCIMZXva1pF4KtisLzTmjmR2CFwWALTrOAptsWjWM9&#10;omtVTMbjedGDa6wDLrxH710O0lXCb1vBw5e29SIQVVOsLaTTpXMTz2K1ZNXWMdtJfiyD/UcVmkmD&#10;Sc9QdywwsnPyLygtuQMPbRhx0AW0reQi9YDdlOM/unnsmBWpFxyOt+cx+ZeD5Z/3j/arI2F4BwMS&#10;mJrw9gH4kycG1h0zW3HrHPSdYA0mLuPIit766vg0jtpXPoJs+k/QIMlsFyABDa3TcSrYJ0F0JOBw&#10;HroYAuHonE7n0/liRgnH2OT6alHOUgpWnV5b58MHAZrES00dkprQ2f7Bh1gNq06fxGQelGzupVLJ&#10;iIsk1sqRPcMVUCF3qHYaS82+chx/eRPQj/uS/cmF2GkXI0TK9Bu6MqSv6dvyapbn9o/MzdOLZtYy&#10;oG6U1DVdXNQfSXpvmrTVgUmV79iEMnEaIiniOLUTbZnAMGwGfBadG2gOyKaDrBZUN146cD8p6VEp&#10;NfU/dswJStRHgxtxXU6nUVrJmM6uJmi4y8jmMsIMR6iaBkrydR2yHHfWyW2HmfKcDNziFrUyEfxc&#10;1XH3UA2JjaNyo9wu7fTV8//L6hcAAAD//wMAUEsDBBQABgAIAAAAIQCJK8/a3AAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJOUljbEqaoCN4Sg7Qe48ZJEideR7bTp37Oc&#10;4Lgzo5m3xWayvTijD60jBeksAYFUOdNSreB4eHtYgQhRk9G9I1RwxQCb8vam0LlxF/rC8z7Wgkso&#10;5FpBE+OQSxmqBq0OMzcgsfftvNWRT19L4/WFy20vsyRZSqtb4oVGD7hrsOr2o1WwWi/GI7187h7N&#10;a3cdP/z7vNtWSt3fTdtnEBGn+BeGX3xGh5KZTm4kE0SvgB+JrC4yEOw+JfMUxEnBMktBloX8j1/+&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG+rjys1AgAApwQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIkrz9rcAAAABgEAAA8AAAAAAAAAAAAA&#10;AAAAjwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight=".25pt">
                       <v:shadow color="#868686"/>
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="7463EC02" w14:textId="77777777" w:rsidR="00197A90" w:rsidRPr="007649BE" w:rsidRDefault="00197A90" w:rsidP="00197A90">
                             <w:pPr>
                               <w:pStyle w:val="Ttulo3"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                                 <w:b w:val="0"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Semestre: </w:t>
@@ -1744,66 +1744,98 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1DA785B2" w14:textId="77777777" w:rsidR="00197A90" w:rsidRPr="00A75580" w:rsidRDefault="00197A90" w:rsidP="00C719C4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3EC0AFF2" w14:textId="5A9CC1D6" w:rsidR="00197A90" w:rsidRPr="00EA31BF" w:rsidRDefault="00197A90" w:rsidP="00C719C4">
+          <w:p w14:paraId="3EC0AFF2" w14:textId="654E0C0B" w:rsidR="00197A90" w:rsidRPr="00EA31BF" w:rsidRDefault="00197A90" w:rsidP="00C719C4">
             <w:pPr>
               <w:spacing w:before="160" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA31BF">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Medianeira, ___de_______________ de __</w:t>
+              <w:t>Medianeira, ___</w:t>
+            </w:r>
+            <w:r w:rsidR="00E84701">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">__ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA31BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidR="00E84701">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA31BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_______________ de __</w:t>
             </w:r>
             <w:r w:rsidR="001F70F4">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA31BF">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>___.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197A90" w:rsidRPr="00EA31BF" w14:paraId="1DB117D7" w14:textId="77777777" w:rsidTr="00C719C4">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
@@ -1849,241 +1881,301 @@
               </w:rPr>
               <w:t>Assinatura do coordenador:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54ACCA7E" w14:textId="77777777" w:rsidR="00197A90" w:rsidRPr="001F70F4" w:rsidRDefault="00197A90" w:rsidP="00C719C4">
             <w:pPr>
               <w:spacing w:before="10" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03E12CE7" w14:textId="77777777" w:rsidR="00197A90" w:rsidRPr="00EA31BF" w:rsidRDefault="00197A90" w:rsidP="00C719C4">
+          <w:p w14:paraId="03E12CE7" w14:textId="50C53875" w:rsidR="00197A90" w:rsidRDefault="00197A90" w:rsidP="00C719C4">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA31BF">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(     ) Homologado  (     ) Não Homologado</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70844752" w14:textId="301030C5" w:rsidR="00197A90" w:rsidRPr="00EA31BF" w:rsidRDefault="00197A90" w:rsidP="00C719C4">
+          <w:p w14:paraId="3913D1A5" w14:textId="77777777" w:rsidR="00E84701" w:rsidRPr="00EA31BF" w:rsidRDefault="00E84701" w:rsidP="00C719C4">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70844752" w14:textId="6DCE7C5F" w:rsidR="00197A90" w:rsidRPr="00EA31BF" w:rsidRDefault="00197A90" w:rsidP="00C719C4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00EA31BF">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Medianeira</w:t>
             </w:r>
             <w:r w:rsidR="0095662B">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA31BF">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ___de_______________ de ___</w:t>
+              <w:t xml:space="preserve"> _</w:t>
+            </w:r>
+            <w:r w:rsidR="00E84701">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA31BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidR="00E84701">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA31BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidR="00E84701">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA31BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_______________ de ___</w:t>
             </w:r>
             <w:r w:rsidR="001F70F4">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA31BF">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7528EF29" w14:textId="528BBF29" w:rsidR="00A21993" w:rsidRDefault="00A21993" w:rsidP="00E95022">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="00A21993" w:rsidSect="00F818E9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="-851" w:right="707" w:bottom="0" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="750C35D3" w14:textId="77777777" w:rsidR="00F818E9" w:rsidRDefault="00F818E9" w:rsidP="00CA7514">
+    <w:p w14:paraId="1662027E" w14:textId="77777777" w:rsidR="00DC03FA" w:rsidRDefault="00DC03FA" w:rsidP="00CA7514">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0CD5DA2C" w14:textId="77777777" w:rsidR="00F818E9" w:rsidRDefault="00F818E9" w:rsidP="00CA7514">
+    <w:p w14:paraId="1126C6EB" w14:textId="77777777" w:rsidR="00DC03FA" w:rsidRDefault="00DC03FA" w:rsidP="00CA7514">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FD9C281" w14:textId="77777777" w:rsidR="00F818E9" w:rsidRDefault="00F818E9" w:rsidP="00CA7514">
+    <w:p w14:paraId="3612F986" w14:textId="77777777" w:rsidR="00DC03FA" w:rsidRDefault="00DC03FA" w:rsidP="00CA7514">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7374F551" w14:textId="77777777" w:rsidR="00F818E9" w:rsidRDefault="00F818E9" w:rsidP="00CA7514">
+    <w:p w14:paraId="1374018A" w14:textId="77777777" w:rsidR="00DC03FA" w:rsidRDefault="00DC03FA" w:rsidP="00CA7514">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01787C47"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="23FCE96E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -2541,93 +2633,92 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6096" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6816" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7536" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1549756041">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="726152636">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="82265308">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1807577339">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1431202257">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYysjS3sDCyMDQyMDOxNDJR0lEKTi0uzszPAykwNKgFAH/OckotAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00334FA1"/>
     <w:rsid w:val="00010D71"/>
     <w:rsid w:val="00023910"/>
     <w:rsid w:val="00026270"/>
     <w:rsid w:val="00031320"/>
     <w:rsid w:val="00036320"/>
     <w:rsid w:val="00073812"/>
     <w:rsid w:val="00076194"/>
     <w:rsid w:val="00080AED"/>
     <w:rsid w:val="0008380F"/>
     <w:rsid w:val="00087AF5"/>
     <w:rsid w:val="000B506B"/>
     <w:rsid w:val="000C1AB9"/>
     <w:rsid w:val="000C1B5F"/>
     <w:rsid w:val="000D1269"/>
     <w:rsid w:val="000D5662"/>
     <w:rsid w:val="00103272"/>
     <w:rsid w:val="0011424D"/>
     <w:rsid w:val="00122C42"/>
@@ -2807,68 +2898,70 @@
     <w:rsid w:val="00B9538C"/>
     <w:rsid w:val="00BD1435"/>
     <w:rsid w:val="00BF27CF"/>
     <w:rsid w:val="00BF7E4B"/>
     <w:rsid w:val="00C3114B"/>
     <w:rsid w:val="00C62E32"/>
     <w:rsid w:val="00C63BB7"/>
     <w:rsid w:val="00C7197D"/>
     <w:rsid w:val="00C72B6F"/>
     <w:rsid w:val="00C92E9C"/>
     <w:rsid w:val="00CA7514"/>
     <w:rsid w:val="00CB0665"/>
     <w:rsid w:val="00CC60F1"/>
     <w:rsid w:val="00CD276F"/>
     <w:rsid w:val="00CD4DA6"/>
     <w:rsid w:val="00CD5FD2"/>
     <w:rsid w:val="00CD6544"/>
     <w:rsid w:val="00CF36B8"/>
     <w:rsid w:val="00D254D6"/>
     <w:rsid w:val="00D37CCC"/>
     <w:rsid w:val="00D71975"/>
     <w:rsid w:val="00D85D95"/>
     <w:rsid w:val="00D86FAE"/>
     <w:rsid w:val="00D919A3"/>
     <w:rsid w:val="00D94B5E"/>
+    <w:rsid w:val="00DC03FA"/>
     <w:rsid w:val="00DC287B"/>
     <w:rsid w:val="00DD23A3"/>
     <w:rsid w:val="00DE519F"/>
     <w:rsid w:val="00DF4CEE"/>
     <w:rsid w:val="00DF4EB2"/>
     <w:rsid w:val="00DF6F24"/>
     <w:rsid w:val="00E035EE"/>
     <w:rsid w:val="00E07350"/>
     <w:rsid w:val="00E1693B"/>
     <w:rsid w:val="00E202A4"/>
     <w:rsid w:val="00E2267C"/>
     <w:rsid w:val="00E468CB"/>
     <w:rsid w:val="00E562F9"/>
     <w:rsid w:val="00E62993"/>
     <w:rsid w:val="00E63CA7"/>
     <w:rsid w:val="00E65DA4"/>
     <w:rsid w:val="00E77F84"/>
     <w:rsid w:val="00E840C5"/>
+    <w:rsid w:val="00E84701"/>
     <w:rsid w:val="00E84909"/>
     <w:rsid w:val="00E86A2F"/>
     <w:rsid w:val="00E933BE"/>
     <w:rsid w:val="00E95022"/>
     <w:rsid w:val="00EA31BF"/>
     <w:rsid w:val="00EA6B5C"/>
     <w:rsid w:val="00EB1136"/>
     <w:rsid w:val="00EB2F9A"/>
     <w:rsid w:val="00EC401F"/>
     <w:rsid w:val="00EC4477"/>
     <w:rsid w:val="00ED1D40"/>
     <w:rsid w:val="00ED6AD1"/>
     <w:rsid w:val="00EE5636"/>
     <w:rsid w:val="00EF0696"/>
     <w:rsid w:val="00EF082D"/>
     <w:rsid w:val="00EF1C9B"/>
     <w:rsid w:val="00EF59BE"/>
     <w:rsid w:val="00F1005F"/>
     <w:rsid w:val="00F1595B"/>
     <w:rsid w:val="00F2193F"/>
     <w:rsid w:val="00F2261D"/>
     <w:rsid w:val="00F23894"/>
     <w:rsid w:val="00F33C40"/>
     <w:rsid w:val="00F519ED"/>
     <w:rsid w:val="00F818E9"/>
@@ -2877,75 +2970,75 @@
     <w:rsid w:val="00FB1A35"/>
     <w:rsid w:val="00FC2F8E"/>
     <w:rsid w:val="00FC65D4"/>
     <w:rsid w:val="00FD695A"/>
     <w:rsid w:val="00FE5A3C"/>
     <w:rsid w:val="00FE7D9B"/>
     <w:rsid w:val="00FF1F43"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="248A5A15"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{277FE5CE-D755-45E6-B210-54988F8374B5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="he-IL"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3273,55 +3366,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F828EE"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00E95022"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
@@ -3653,67 +3741,67 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Char">
     <w:name w:val="Título 1 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo1"/>
     <w:rsid w:val="00E95022"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Char">
     <w:name w:val="Título 3 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo3"/>
     <w:rsid w:val="00E95022"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="MenoPendente">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007209F5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="901448123">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1027100932">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4133,75 +4221,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>157</Words>
-  <Characters>896</Characters>
+  <Words>165</Words>
+  <Characters>897</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UTFPR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1039</CharactersWithSpaces>
+  <CharactersWithSpaces>1060</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Odinei</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>6d70453a332bdc19ab0e31a7e9895f318940ca7723a2b949294958d47472ffed</vt:lpwstr>
   </property>