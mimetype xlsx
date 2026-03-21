--- v0 (2025-10-11)
+++ v1 (2026-03-21)
@@ -19,125 +19,128 @@
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/ada71e93a76ca9aa/Documentos JP/Reitoria/PROPLAD/Planilhas FUNTEF/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\AnaPaulaGuerra\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="193" documentId="8_{AA9CF894-30C0-4724-BD2A-5CB7618F9E1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{50D8188A-6571-46E3-9CF7-EC0163B6B361}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EA2F7E79-A3F6-4F66-B338-3A1133FAF590}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="eNmuTLbFZ29z9ZbI1LLMZKd9OMIP7D/yj+CjGTv/2hSeK7yJxzQGn+NrCckyDM4qsYw96MdzhhtH8ZOGWmbPkA==" workbookSaltValue="/FlSsTLJZK9rKXgnTtUtgg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" tabRatio="500" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Custo do Curso" sheetId="1" r:id="rId1"/>
     <sheet name="Servidores" sheetId="3" r:id="rId2"/>
     <sheet name="Serviços - PF" sheetId="4" r:id="rId3"/>
     <sheet name="Serviços - PJ" sheetId="5" r:id="rId4"/>
     <sheet name="Investimento" sheetId="6" r:id="rId5"/>
     <sheet name="Diárias e Passagens" sheetId="7" r:id="rId6"/>
     <sheet name="Material de Consumo" sheetId="8" r:id="rId7"/>
     <sheet name="Bolsista - superior" sheetId="9" r:id="rId8"/>
     <sheet name="Bolsista - pós-graduação" sheetId="15" r:id="rId9"/>
     <sheet name="Cronograma" sheetId="11" r:id="rId10"/>
     <sheet name="Migrantes" sheetId="17" r:id="rId11"/>
     <sheet name="Descontos" sheetId="18" r:id="rId12"/>
     <sheet name="Valores Referenciais" sheetId="12" r:id="rId13"/>
     <sheet name="Investimento - especificação" sheetId="14" r:id="rId14"/>
     <sheet name="Consumo - especificação" sheetId="13" r:id="rId15"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'Bolsista - pós-graduação'!$A$2:$E$12</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'Bolsista - superior'!$A$2:$J$13</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="14">'Consumo - especificação'!$B$1:$D$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">Cronograma!$B$1:$AI$49</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Custo do Curso'!$A$1:$H$49</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="11">Descontos!$A$1:$C$16</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'Diárias e Passagens'!$A$2:$E$17</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">Investimento!$A$2:$E$31</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="13">'Investimento - especificação'!$B$1:$D$53</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'Material de Consumo'!$A$2:$C$21</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">Migrantes!$A$1:$E$16</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Serviços - PF'!$A$2:$E$51</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Serviços - PJ'!$A$2:$B$31</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Servidores!$A$2:$E$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="12">'Valores Referenciais'!$B$1:$C$17</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="9">Cronograma!$A:$C,Cronograma!$4:$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="B7" i="5" l="1"/>
   <c r="E17" i="7" l="1"/>
   <c r="I6" i="11"/>
   <c r="H20" i="11"/>
   <c r="D7" i="15"/>
   <c r="D58" i="4"/>
   <c r="D10" i="4"/>
-  <c r="C40" i="1"/>
   <c r="D13" i="3"/>
   <c r="D10" i="3"/>
   <c r="E10" i="3" s="1"/>
   <c r="D8" i="15"/>
   <c r="E8" i="7"/>
   <c r="E7" i="7"/>
   <c r="AB40" i="11"/>
   <c r="AB38" i="11"/>
   <c r="AB36" i="11"/>
   <c r="AB34" i="11"/>
   <c r="AB32" i="11"/>
   <c r="AB30" i="11"/>
   <c r="AB26" i="11"/>
   <c r="AB24" i="11"/>
   <c r="AB22" i="11"/>
   <c r="AB20" i="11"/>
   <c r="AB18" i="11"/>
   <c r="AB16" i="11"/>
   <c r="AB14" i="11"/>
   <c r="AB12" i="11"/>
   <c r="AB10" i="11"/>
   <c r="AB8" i="11"/>
   <c r="AB6" i="11"/>
   <c r="D68" i="4"/>
   <c r="E68" i="4" s="1"/>
@@ -606,51 +609,50 @@
   <c r="K7" i="3"/>
   <c r="I14" i="3"/>
   <c r="I12" i="3"/>
   <c r="I11" i="3"/>
   <c r="D46" i="11"/>
   <c r="E47" i="11" s="1"/>
   <c r="E11" i="7" l="1"/>
   <c r="I13" i="3"/>
   <c r="D35" i="4"/>
   <c r="E35" i="4" s="1"/>
   <c r="D60" i="4"/>
   <c r="E60" i="4" s="1"/>
   <c r="E58" i="4"/>
   <c r="D55" i="4"/>
   <c r="E55" i="4" s="1"/>
   <c r="D33" i="4"/>
   <c r="E33" i="4" s="1"/>
   <c r="E10" i="4"/>
   <c r="D34" i="4"/>
   <c r="E34" i="4" s="1"/>
   <c r="D59" i="4"/>
   <c r="E59" i="4" s="1"/>
   <c r="C43" i="1"/>
   <c r="H44" i="1"/>
   <c r="D39" i="1"/>
-  <c r="B8" i="5"/>
   <c r="D31" i="4"/>
   <c r="E31" i="4" s="1"/>
   <c r="D30" i="4"/>
   <c r="E30" i="4" s="1"/>
   <c r="D7" i="3"/>
   <c r="E7" i="3" s="1"/>
   <c r="D32" i="4"/>
   <c r="E32" i="4" s="1"/>
   <c r="K18" i="3"/>
   <c r="D15" i="3"/>
   <c r="E15" i="3" s="1"/>
   <c r="M15" i="3" s="1"/>
   <c r="M18" i="3" s="1"/>
   <c r="C8" i="11" s="1"/>
   <c r="AB9" i="11" s="1"/>
   <c r="D8" i="3"/>
   <c r="E8" i="3" s="1"/>
   <c r="I8" i="3" s="1"/>
   <c r="D14" i="3"/>
   <c r="E14" i="3" s="1"/>
   <c r="L14" i="3" s="1"/>
   <c r="L18" i="3" s="1"/>
   <c r="C6" i="11" s="1"/>
   <c r="D16" i="3"/>
   <c r="E16" i="3" s="1"/>
@@ -3784,51 +3786,51 @@
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="165" fontId="23" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="170" fontId="23" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="23" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyBorder="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="295">
+  <cellXfs count="296">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="5" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="11" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="12" fillId="5" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="5" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
@@ -4255,50 +4257,51 @@
     <xf numFmtId="2" fontId="15" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="38" fillId="13" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="4"/>
     <xf numFmtId="0" fontId="2" fillId="23" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="24" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="23" fillId="0" borderId="3" xfId="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="23" fillId="0" borderId="3" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="7" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="169" fontId="4" fillId="4" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="30" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -5653,1118 +5656,1115 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.br/servidor/pt-br/assuntos/noticias/2024/janeiro/decreto-publicado-pelo-governo-federal-altera-valores-de-diarias" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.br/capes/pt-br/assuntos/noticias/capes-publica-novos-valores-das-bolsas" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AMK51"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection sqref="A1:H1"/>
+    <sheetView topLeftCell="A38" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C41" sqref="C41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="22.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.5703125" style="1" customWidth="1"/>
     <col min="4" max="4" width="14" style="1" customWidth="1"/>
     <col min="5" max="5" width="11" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="43.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="24.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="10.85546875" style="2" customWidth="1"/>
     <col min="10" max="10" width="14.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="16.42578125" style="2" customWidth="1"/>
     <col min="12" max="12" width="12.85546875" style="2" customWidth="1"/>
     <col min="13" max="57" width="9.140625" style="2" customWidth="1"/>
     <col min="58" max="1025" width="9.140625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="72" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="206" t="s">
+      <c r="A1" s="207" t="s">
         <v>456</v>
       </c>
-      <c r="B1" s="206"/>
-[...6 lines deleted...]
-      <c r="J1" s="224" t="s">
+      <c r="B1" s="207"/>
+      <c r="C1" s="207"/>
+      <c r="D1" s="207"/>
+      <c r="E1" s="207"/>
+      <c r="F1" s="207"/>
+      <c r="G1" s="207"/>
+      <c r="H1" s="207"/>
+      <c r="J1" s="225" t="s">
         <v>262</v>
       </c>
-      <c r="K1" s="224"/>
-[...7 lines deleted...]
-      <c r="S1" s="224"/>
+      <c r="K1" s="225"/>
+      <c r="L1" s="225"/>
+      <c r="M1" s="225"/>
+      <c r="N1" s="225"/>
+      <c r="O1" s="225"/>
+      <c r="P1" s="225"/>
+      <c r="Q1" s="225"/>
+      <c r="R1" s="225"/>
+      <c r="S1" s="225"/>
       <c r="T1" s="82"/>
       <c r="U1" s="82"/>
       <c r="V1" s="82"/>
     </row>
     <row r="2" spans="1:22" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="207"/>
-[...16 lines deleted...]
-      <c r="S2" s="224"/>
+      <c r="A2" s="208"/>
+      <c r="B2" s="209"/>
+      <c r="C2" s="209"/>
+      <c r="D2" s="209"/>
+      <c r="E2" s="209"/>
+      <c r="F2" s="209"/>
+      <c r="G2" s="209"/>
+      <c r="H2" s="209"/>
+      <c r="J2" s="225"/>
+      <c r="K2" s="225"/>
+      <c r="L2" s="225"/>
+      <c r="M2" s="225"/>
+      <c r="N2" s="225"/>
+      <c r="O2" s="225"/>
+      <c r="P2" s="225"/>
+      <c r="Q2" s="225"/>
+      <c r="R2" s="225"/>
+      <c r="S2" s="225"/>
       <c r="T2" s="82"/>
       <c r="U2" s="82"/>
       <c r="V2" s="82"/>
     </row>
     <row r="3" spans="1:22" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="225" t="s">
-[...18 lines deleted...]
-      <c r="S3" s="224"/>
+      <c r="A3" s="226" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="226"/>
+      <c r="C3" s="226"/>
+      <c r="D3" s="226"/>
+      <c r="E3" s="226"/>
+      <c r="F3" s="226"/>
+      <c r="G3" s="226"/>
+      <c r="H3" s="226"/>
+      <c r="J3" s="225"/>
+      <c r="K3" s="225"/>
+      <c r="L3" s="225"/>
+      <c r="M3" s="225"/>
+      <c r="N3" s="225"/>
+      <c r="O3" s="225"/>
+      <c r="P3" s="225"/>
+      <c r="Q3" s="225"/>
+      <c r="R3" s="225"/>
+      <c r="S3" s="225"/>
       <c r="T3" s="82"/>
       <c r="U3" s="82"/>
       <c r="V3" s="82"/>
     </row>
     <row r="4" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="J4" s="224"/>
-[...8 lines deleted...]
-      <c r="S4" s="224"/>
+      <c r="J4" s="225"/>
+      <c r="K4" s="225"/>
+      <c r="L4" s="225"/>
+      <c r="M4" s="225"/>
+      <c r="N4" s="225"/>
+      <c r="O4" s="225"/>
+      <c r="P4" s="225"/>
+      <c r="Q4" s="225"/>
+      <c r="R4" s="225"/>
+      <c r="S4" s="225"/>
       <c r="T4" s="82"/>
       <c r="U4" s="82"/>
       <c r="V4" s="82"/>
     </row>
     <row r="5" spans="1:22" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="209" t="s">
+      <c r="B5" s="210" t="s">
         <v>243</v>
       </c>
-      <c r="C5" s="209"/>
-[...2 lines deleted...]
-      <c r="F5" s="209"/>
+      <c r="C5" s="210"/>
+      <c r="D5" s="210"/>
+      <c r="E5" s="210"/>
+      <c r="F5" s="210"/>
       <c r="G5" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H5" s="115" t="s">
         <v>244</v>
       </c>
-      <c r="J5" s="224"/>
-[...8 lines deleted...]
-      <c r="S5" s="224"/>
+      <c r="J5" s="225"/>
+      <c r="K5" s="225"/>
+      <c r="L5" s="225"/>
+      <c r="M5" s="225"/>
+      <c r="N5" s="225"/>
+      <c r="O5" s="225"/>
+      <c r="P5" s="225"/>
+      <c r="Q5" s="225"/>
+      <c r="R5" s="225"/>
+      <c r="S5" s="225"/>
       <c r="T5" s="82"/>
       <c r="U5" s="82"/>
       <c r="V5" s="82"/>
     </row>
     <row r="6" spans="1:22" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="116" t="s">
         <v>220</v>
       </c>
-      <c r="C6" s="210" t="s">
+      <c r="C6" s="211" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="210"/>
+      <c r="D6" s="211"/>
       <c r="E6" s="117"/>
-      <c r="F6" s="210" t="s">
+      <c r="F6" s="211" t="s">
         <v>5</v>
       </c>
-      <c r="G6" s="210"/>
+      <c r="G6" s="211"/>
       <c r="H6" s="118"/>
-      <c r="J6" s="224"/>
-[...8 lines deleted...]
-      <c r="S6" s="224"/>
+      <c r="J6" s="225"/>
+      <c r="K6" s="225"/>
+      <c r="L6" s="225"/>
+      <c r="M6" s="225"/>
+      <c r="N6" s="225"/>
+      <c r="O6" s="225"/>
+      <c r="P6" s="225"/>
+      <c r="Q6" s="225"/>
+      <c r="R6" s="225"/>
+      <c r="S6" s="225"/>
       <c r="T6" s="82"/>
       <c r="U6" s="82"/>
       <c r="V6" s="82"/>
     </row>
     <row r="7" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>240</v>
       </c>
-      <c r="B7" s="203" t="s">
+      <c r="B7" s="204" t="s">
         <v>241</v>
       </c>
-      <c r="C7" s="203"/>
-[...14 lines deleted...]
-      <c r="S7" s="224"/>
+      <c r="C7" s="204"/>
+      <c r="D7" s="204"/>
+      <c r="E7" s="204"/>
+      <c r="F7" s="204"/>
+      <c r="G7" s="204"/>
+      <c r="H7" s="204"/>
+      <c r="J7" s="225"/>
+      <c r="K7" s="225"/>
+      <c r="L7" s="225"/>
+      <c r="M7" s="225"/>
+      <c r="N7" s="225"/>
+      <c r="O7" s="225"/>
+      <c r="P7" s="225"/>
+      <c r="Q7" s="225"/>
+      <c r="R7" s="225"/>
+      <c r="S7" s="225"/>
       <c r="T7" s="82"/>
       <c r="U7" s="82"/>
       <c r="V7" s="82"/>
     </row>
     <row r="8" spans="1:22" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>239</v>
       </c>
-      <c r="B8" s="203" t="s">
+      <c r="B8" s="204" t="s">
         <v>376</v>
       </c>
-      <c r="C8" s="203"/>
-[...14 lines deleted...]
-      <c r="S8" s="224"/>
+      <c r="C8" s="204"/>
+      <c r="D8" s="204"/>
+      <c r="E8" s="204"/>
+      <c r="F8" s="204"/>
+      <c r="G8" s="204"/>
+      <c r="H8" s="204"/>
+      <c r="J8" s="225"/>
+      <c r="K8" s="225"/>
+      <c r="L8" s="225"/>
+      <c r="M8" s="225"/>
+      <c r="N8" s="225"/>
+      <c r="O8" s="225"/>
+      <c r="P8" s="225"/>
+      <c r="Q8" s="225"/>
+      <c r="R8" s="225"/>
+      <c r="S8" s="225"/>
       <c r="T8" s="82"/>
       <c r="U8" s="82"/>
       <c r="V8" s="82"/>
     </row>
     <row r="9" spans="1:22" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="203" t="s">
+      <c r="B9" s="204" t="s">
         <v>7</v>
       </c>
-      <c r="C9" s="203"/>
-[...14 lines deleted...]
-      <c r="S9" s="224"/>
+      <c r="C9" s="204"/>
+      <c r="D9" s="204"/>
+      <c r="E9" s="204"/>
+      <c r="F9" s="204"/>
+      <c r="G9" s="204"/>
+      <c r="H9" s="204"/>
+      <c r="J9" s="225"/>
+      <c r="K9" s="225"/>
+      <c r="L9" s="225"/>
+      <c r="M9" s="225"/>
+      <c r="N9" s="225"/>
+      <c r="O9" s="225"/>
+      <c r="P9" s="225"/>
+      <c r="Q9" s="225"/>
+      <c r="R9" s="225"/>
+      <c r="S9" s="225"/>
       <c r="T9" s="82"/>
       <c r="U9" s="82"/>
       <c r="V9" s="82"/>
     </row>
     <row r="10" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="204" t="s">
+      <c r="A10" s="205" t="s">
         <v>8</v>
       </c>
-      <c r="B10" s="204"/>
-[...15 lines deleted...]
-      <c r="S10" s="224"/>
+      <c r="B10" s="205"/>
+      <c r="C10" s="205"/>
+      <c r="D10" s="205"/>
+      <c r="E10" s="205"/>
+      <c r="F10" s="205"/>
+      <c r="G10" s="205"/>
+      <c r="H10" s="205"/>
+      <c r="J10" s="225"/>
+      <c r="K10" s="225"/>
+      <c r="L10" s="225"/>
+      <c r="M10" s="225"/>
+      <c r="N10" s="225"/>
+      <c r="O10" s="225"/>
+      <c r="P10" s="225"/>
+      <c r="Q10" s="225"/>
+      <c r="R10" s="225"/>
+      <c r="S10" s="225"/>
       <c r="T10" s="82"/>
       <c r="U10" s="82"/>
       <c r="V10" s="82"/>
     </row>
     <row r="11" spans="1:22" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="205" t="s">
+      <c r="A11" s="206" t="s">
         <v>9</v>
       </c>
-      <c r="B11" s="205"/>
-[...4 lines deleted...]
-      <c r="G11" s="205"/>
+      <c r="B11" s="206"/>
+      <c r="C11" s="206"/>
+      <c r="D11" s="206"/>
+      <c r="E11" s="206"/>
+      <c r="F11" s="206"/>
+      <c r="G11" s="206"/>
       <c r="H11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J11" s="82"/>
       <c r="K11" s="82"/>
       <c r="L11" s="82"/>
       <c r="M11" s="82"/>
       <c r="N11" s="82"/>
       <c r="O11" s="82"/>
       <c r="P11" s="82"/>
       <c r="Q11" s="82"/>
       <c r="R11" s="82"/>
       <c r="S11" s="82"/>
       <c r="T11" s="82"/>
       <c r="U11" s="82"/>
       <c r="V11" s="82"/>
     </row>
     <row r="12" spans="1:22" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="193" t="s">
+      <c r="A12" s="194" t="s">
         <v>11</v>
       </c>
-      <c r="B12" s="193"/>
-[...4 lines deleted...]
-      <c r="G12" s="193"/>
+      <c r="B12" s="194"/>
+      <c r="C12" s="194"/>
+      <c r="D12" s="194"/>
+      <c r="E12" s="194"/>
+      <c r="F12" s="194"/>
+      <c r="G12" s="194"/>
       <c r="H12" s="6"/>
       <c r="J12" s="82"/>
       <c r="K12" s="82"/>
       <c r="L12" s="82"/>
       <c r="M12" s="82"/>
       <c r="N12" s="82"/>
       <c r="O12" s="82"/>
       <c r="P12" s="82"/>
       <c r="Q12" s="82"/>
       <c r="R12" s="82"/>
       <c r="S12" s="82"/>
       <c r="T12" s="82"/>
       <c r="U12" s="82"/>
       <c r="V12" s="82"/>
     </row>
     <row r="13" spans="1:22" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="194" t="s">
+      <c r="A13" s="195" t="s">
         <v>12</v>
       </c>
-      <c r="B13" s="194"/>
-[...4 lines deleted...]
-      <c r="G13" s="194"/>
+      <c r="B13" s="195"/>
+      <c r="C13" s="195"/>
+      <c r="D13" s="195"/>
+      <c r="E13" s="195"/>
+      <c r="F13" s="195"/>
+      <c r="G13" s="195"/>
       <c r="H13" s="7">
         <f>Servidores!E18</f>
         <v>0</v>
       </c>
       <c r="J13" s="82"/>
       <c r="K13" s="82"/>
       <c r="L13" s="82"/>
       <c r="M13" s="82"/>
       <c r="N13" s="82"/>
       <c r="O13" s="82"/>
       <c r="P13" s="82"/>
       <c r="Q13" s="82"/>
       <c r="R13" s="82"/>
       <c r="S13" s="82"/>
       <c r="T13" s="82"/>
       <c r="U13" s="82"/>
       <c r="V13" s="82"/>
     </row>
     <row r="14" spans="1:22" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="195" t="s">
+      <c r="A14" s="196" t="s">
         <v>13</v>
       </c>
-      <c r="B14" s="195"/>
-[...4 lines deleted...]
-      <c r="G14" s="195"/>
+      <c r="B14" s="196"/>
+      <c r="C14" s="196"/>
+      <c r="D14" s="196"/>
+      <c r="E14" s="196"/>
+      <c r="F14" s="196"/>
+      <c r="G14" s="196"/>
       <c r="H14" s="7">
         <f>'Serviços - PF'!E51</f>
         <v>0</v>
       </c>
       <c r="J14" s="82"/>
       <c r="K14" s="82"/>
       <c r="L14" s="82"/>
       <c r="M14" s="82"/>
       <c r="N14" s="82"/>
       <c r="O14" s="82"/>
       <c r="P14" s="82"/>
       <c r="Q14" s="82"/>
       <c r="R14" s="82"/>
       <c r="S14" s="82"/>
       <c r="T14" s="82"/>
       <c r="U14" s="82"/>
       <c r="V14" s="82"/>
     </row>
     <row r="15" spans="1:22" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="197" t="s">
+      <c r="A15" s="198" t="s">
         <v>410</v>
       </c>
-      <c r="B15" s="197"/>
-[...4 lines deleted...]
-      <c r="G15" s="197"/>
+      <c r="B15" s="198"/>
+      <c r="C15" s="198"/>
+      <c r="D15" s="198"/>
+      <c r="E15" s="198"/>
+      <c r="F15" s="198"/>
+      <c r="G15" s="198"/>
       <c r="H15" s="7">
         <f>'Serviços - PF'!E71</f>
         <v>0</v>
       </c>
       <c r="J15" s="82"/>
       <c r="K15" s="82"/>
       <c r="L15" s="82"/>
       <c r="M15" s="82"/>
       <c r="N15" s="82"/>
       <c r="O15" s="82"/>
       <c r="P15" s="82"/>
       <c r="Q15" s="82"/>
       <c r="R15" s="82"/>
       <c r="S15" s="82"/>
       <c r="T15" s="82"/>
       <c r="U15" s="82"/>
       <c r="V15" s="82"/>
     </row>
     <row r="16" spans="1:22" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="196" t="s">
+      <c r="A16" s="197" t="s">
         <v>452</v>
       </c>
-      <c r="B16" s="196"/>
-[...4 lines deleted...]
-      <c r="G16" s="196"/>
+      <c r="B16" s="197"/>
+      <c r="C16" s="197"/>
+      <c r="D16" s="197"/>
+      <c r="E16" s="197"/>
+      <c r="F16" s="197"/>
+      <c r="G16" s="197"/>
       <c r="H16" s="8">
         <f>'Bolsista - superior'!J13</f>
         <v>0</v>
       </c>
       <c r="J16" s="82"/>
       <c r="K16" s="82"/>
       <c r="L16" s="82"/>
       <c r="M16" s="82"/>
       <c r="N16" s="82"/>
       <c r="O16" s="82"/>
       <c r="P16" s="82"/>
       <c r="Q16" s="82"/>
       <c r="R16" s="82"/>
       <c r="S16" s="82"/>
       <c r="T16" s="82"/>
       <c r="U16" s="82"/>
       <c r="V16" s="82"/>
     </row>
     <row r="17" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A17" s="196" t="s">
+      <c r="A17" s="197" t="s">
         <v>411</v>
       </c>
-      <c r="B17" s="196"/>
-[...4 lines deleted...]
-      <c r="G17" s="196"/>
+      <c r="B17" s="197"/>
+      <c r="C17" s="197"/>
+      <c r="D17" s="197"/>
+      <c r="E17" s="197"/>
+      <c r="F17" s="197"/>
+      <c r="G17" s="197"/>
       <c r="H17" s="9">
         <f>0.2*(H13+H14+H24)</f>
         <v>0</v>
       </c>
       <c r="J17" s="82"/>
       <c r="K17" s="82"/>
       <c r="L17" s="82"/>
       <c r="M17" s="82"/>
       <c r="N17" s="82"/>
       <c r="O17" s="82"/>
       <c r="P17" s="82"/>
       <c r="Q17" s="82"/>
       <c r="R17" s="82"/>
       <c r="S17" s="82"/>
       <c r="T17" s="82"/>
       <c r="U17" s="82"/>
       <c r="V17" s="82"/>
     </row>
     <row r="18" spans="1:22" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="198" t="s">
+      <c r="A18" s="199" t="s">
         <v>412</v>
       </c>
-      <c r="B18" s="198"/>
-[...4 lines deleted...]
-      <c r="G18" s="198"/>
+      <c r="B18" s="199"/>
+      <c r="C18" s="199"/>
+      <c r="D18" s="199"/>
+      <c r="E18" s="199"/>
+      <c r="F18" s="199"/>
+      <c r="G18" s="199"/>
       <c r="H18" s="65">
         <f>SUM(H13:H17)</f>
         <v>0</v>
       </c>
       <c r="J18" s="82"/>
       <c r="K18" s="82"/>
       <c r="L18" s="82"/>
       <c r="M18" s="82"/>
       <c r="N18" s="82"/>
       <c r="O18" s="82"/>
       <c r="P18" s="82"/>
       <c r="Q18" s="82"/>
       <c r="R18" s="82"/>
       <c r="S18" s="82"/>
       <c r="T18" s="82"/>
       <c r="U18" s="82"/>
       <c r="V18" s="82"/>
     </row>
     <row r="19" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="199" t="s">
+      <c r="A19" s="200" t="s">
         <v>14</v>
       </c>
-      <c r="B19" s="199"/>
-[...4 lines deleted...]
-      <c r="G19" s="199"/>
+      <c r="B19" s="200"/>
+      <c r="C19" s="200"/>
+      <c r="D19" s="200"/>
+      <c r="E19" s="200"/>
+      <c r="F19" s="200"/>
+      <c r="G19" s="200"/>
       <c r="H19" s="10"/>
       <c r="J19" s="82"/>
       <c r="K19" s="82"/>
       <c r="L19" s="82"/>
       <c r="M19" s="82"/>
       <c r="N19" s="82"/>
       <c r="O19" s="82"/>
       <c r="P19" s="82"/>
       <c r="Q19" s="82"/>
       <c r="R19" s="82"/>
       <c r="S19" s="82"/>
       <c r="T19" s="82"/>
       <c r="U19" s="82"/>
       <c r="V19" s="82"/>
     </row>
     <row r="20" spans="1:22" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="200" t="s">
+      <c r="A20" s="201" t="s">
         <v>15</v>
       </c>
-      <c r="B20" s="200"/>
-      <c r="C20" s="200" t="s">
+      <c r="B20" s="201"/>
+      <c r="C20" s="201" t="s">
         <v>16</v>
       </c>
-      <c r="D20" s="200"/>
-[...2 lines deleted...]
-      <c r="G20" s="200"/>
+      <c r="D20" s="201"/>
+      <c r="E20" s="201"/>
+      <c r="F20" s="201"/>
+      <c r="G20" s="201"/>
       <c r="H20" s="107" t="s">
         <v>17</v>
       </c>
       <c r="J20" s="82"/>
       <c r="K20" s="82"/>
       <c r="L20" s="82"/>
       <c r="M20" s="82"/>
       <c r="N20" s="82"/>
       <c r="O20" s="82"/>
       <c r="P20" s="82"/>
       <c r="Q20" s="82"/>
       <c r="R20" s="82"/>
       <c r="S20" s="82"/>
       <c r="T20" s="82"/>
       <c r="U20" s="82"/>
       <c r="V20" s="82"/>
     </row>
     <row r="21" spans="1:22" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="201" t="s">
+      <c r="A21" s="202" t="s">
         <v>18</v>
       </c>
-      <c r="B21" s="201"/>
-      <c r="C21" s="202">
+      <c r="B21" s="202"/>
+      <c r="C21" s="203">
         <v>339014</v>
       </c>
-      <c r="D21" s="202"/>
-[...2 lines deleted...]
-      <c r="G21" s="202"/>
+      <c r="D21" s="203"/>
+      <c r="E21" s="203"/>
+      <c r="F21" s="203"/>
+      <c r="G21" s="203"/>
       <c r="H21" s="7">
         <f>'Diárias e Passagens'!E11</f>
         <v>0</v>
       </c>
       <c r="J21" s="82"/>
       <c r="K21" s="82"/>
       <c r="L21" s="82"/>
       <c r="M21" s="82"/>
       <c r="N21" s="82"/>
       <c r="O21" s="82"/>
       <c r="P21" s="82"/>
       <c r="Q21" s="82"/>
       <c r="R21" s="82"/>
       <c r="S21" s="82"/>
       <c r="T21" s="82"/>
       <c r="U21" s="82"/>
       <c r="V21" s="82"/>
     </row>
     <row r="22" spans="1:22" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="201" t="s">
+      <c r="A22" s="202" t="s">
         <v>19</v>
       </c>
-      <c r="B22" s="201"/>
-      <c r="C22" s="202">
+      <c r="B22" s="202"/>
+      <c r="C22" s="203">
         <v>339033</v>
       </c>
-      <c r="D22" s="202"/>
-[...2 lines deleted...]
-      <c r="G22" s="202"/>
+      <c r="D22" s="203"/>
+      <c r="E22" s="203"/>
+      <c r="F22" s="203"/>
+      <c r="G22" s="203"/>
       <c r="H22" s="7">
         <f>'Diárias e Passagens'!E17</f>
         <v>0</v>
       </c>
       <c r="J22" s="11"/>
     </row>
     <row r="23" spans="1:22" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="201" t="s">
+      <c r="A23" s="202" t="s">
         <v>20</v>
       </c>
-      <c r="B23" s="201"/>
-      <c r="C23" s="202">
+      <c r="B23" s="202"/>
+      <c r="C23" s="203">
         <v>339030</v>
       </c>
-      <c r="D23" s="202"/>
-[...2 lines deleted...]
-      <c r="G23" s="202"/>
+      <c r="D23" s="203"/>
+      <c r="E23" s="203"/>
+      <c r="F23" s="203"/>
+      <c r="G23" s="203"/>
       <c r="H23" s="7">
         <f>'Material de Consumo'!C21</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:22" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="201" t="s">
+      <c r="A24" s="202" t="s">
         <v>21</v>
       </c>
-      <c r="B24" s="201"/>
-      <c r="C24" s="202">
+      <c r="B24" s="202"/>
+      <c r="C24" s="203">
         <v>339036</v>
       </c>
-      <c r="D24" s="202"/>
-[...2 lines deleted...]
-      <c r="G24" s="202"/>
+      <c r="D24" s="203"/>
+      <c r="E24" s="203"/>
+      <c r="F24" s="203"/>
+      <c r="G24" s="203"/>
       <c r="H24" s="7">
         <f>'Serviços - PF'!E26</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:22" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="201" t="s">
+      <c r="A25" s="202" t="s">
         <v>22</v>
       </c>
-      <c r="B25" s="201"/>
-      <c r="C25" s="202">
+      <c r="B25" s="202"/>
+      <c r="C25" s="203">
         <v>339039</v>
       </c>
-      <c r="D25" s="202"/>
-[...2 lines deleted...]
-      <c r="G25" s="202"/>
+      <c r="D25" s="203"/>
+      <c r="E25" s="203"/>
+      <c r="F25" s="203"/>
+      <c r="G25" s="203"/>
       <c r="H25" s="7">
         <f>'Serviços - PJ'!B31</f>
-        <v>0</v>
+        <v>199</v>
       </c>
     </row>
     <row r="26" spans="1:22" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="201" t="s">
+      <c r="A26" s="202" t="s">
         <v>23</v>
       </c>
-      <c r="B26" s="201"/>
-      <c r="C26" s="202">
+      <c r="B26" s="202"/>
+      <c r="C26" s="203">
         <v>449052</v>
       </c>
-      <c r="D26" s="202"/>
-[...2 lines deleted...]
-      <c r="G26" s="202"/>
+      <c r="D26" s="203"/>
+      <c r="E26" s="203"/>
+      <c r="F26" s="203"/>
+      <c r="G26" s="203"/>
       <c r="H26" s="7">
         <f>Investimento!E17</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:22" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="212" t="s">
+      <c r="A27" s="213" t="s">
         <v>24</v>
       </c>
-      <c r="B27" s="212"/>
-      <c r="C27" s="213">
+      <c r="B27" s="213"/>
+      <c r="C27" s="214">
         <v>339018</v>
       </c>
-      <c r="D27" s="213"/>
-[...2 lines deleted...]
-      <c r="G27" s="213"/>
+      <c r="D27" s="214"/>
+      <c r="E27" s="214"/>
+      <c r="F27" s="214"/>
+      <c r="G27" s="214"/>
       <c r="H27" s="12">
         <f>'Bolsista - pós-graduação'!D12</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:22" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="211" t="s">
+      <c r="A28" s="212" t="s">
         <v>25</v>
       </c>
-      <c r="B28" s="211"/>
-[...4 lines deleted...]
-      <c r="G28" s="211"/>
+      <c r="B28" s="212"/>
+      <c r="C28" s="212"/>
+      <c r="D28" s="212"/>
+      <c r="E28" s="212"/>
+      <c r="F28" s="212"/>
+      <c r="G28" s="212"/>
       <c r="H28" s="65">
         <f>SUM(H21:H27)</f>
-        <v>0</v>
+        <v>199</v>
       </c>
     </row>
     <row r="29" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="199" t="s">
+      <c r="A29" s="200" t="s">
         <v>26</v>
       </c>
-      <c r="B29" s="199"/>
-[...4 lines deleted...]
-      <c r="G29" s="199"/>
+      <c r="B29" s="200"/>
+      <c r="C29" s="200"/>
+      <c r="D29" s="200"/>
+      <c r="E29" s="200"/>
+      <c r="F29" s="200"/>
+      <c r="G29" s="200"/>
       <c r="H29" s="10"/>
     </row>
     <row r="30" spans="1:22" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="194" t="s">
+      <c r="A30" s="195" t="s">
         <v>417</v>
       </c>
-      <c r="B30" s="194"/>
-[...3 lines deleted...]
-      <c r="F30" s="194"/>
+      <c r="B30" s="195"/>
+      <c r="C30" s="195"/>
+      <c r="D30" s="195"/>
+      <c r="E30" s="195"/>
+      <c r="F30" s="195"/>
       <c r="G30" s="189">
         <v>3</v>
       </c>
       <c r="H30" s="13">
         <f>C43*G30/100</f>
         <v>0</v>
       </c>
       <c r="J30" s="64"/>
       <c r="K30" s="64"/>
     </row>
     <row r="31" spans="1:22" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="194" t="s">
+      <c r="A31" s="195" t="s">
         <v>418</v>
       </c>
-      <c r="B31" s="194"/>
-[...3 lines deleted...]
-      <c r="F31" s="194"/>
+      <c r="B31" s="195"/>
+      <c r="C31" s="195"/>
+      <c r="D31" s="195"/>
+      <c r="E31" s="195"/>
+      <c r="F31" s="195"/>
       <c r="G31" s="189">
         <v>15</v>
       </c>
       <c r="H31" s="13">
         <f>IF(G31&lt;0,0,C43*G31/100)</f>
         <v>0</v>
       </c>
       <c r="J31" s="64"/>
       <c r="K31" s="64"/>
     </row>
     <row r="32" spans="1:22" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="211" t="s">
+      <c r="A32" s="212" t="s">
         <v>27</v>
       </c>
-      <c r="B32" s="211"/>
-[...4 lines deleted...]
-      <c r="G32" s="211"/>
+      <c r="B32" s="212"/>
+      <c r="C32" s="212"/>
+      <c r="D32" s="212"/>
+      <c r="E32" s="212"/>
+      <c r="F32" s="212"/>
+      <c r="G32" s="212"/>
       <c r="H32" s="66">
         <f>H31+H30</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="238" t="s">
+      <c r="A33" s="239" t="s">
         <v>413</v>
       </c>
-      <c r="B33" s="238"/>
-[...4 lines deleted...]
-      <c r="G33" s="238"/>
+      <c r="B33" s="239"/>
+      <c r="C33" s="239"/>
+      <c r="D33" s="239"/>
+      <c r="E33" s="239"/>
+      <c r="F33" s="239"/>
+      <c r="G33" s="239"/>
       <c r="H33" s="67">
         <f>H32+H28+H18</f>
-        <v>0</v>
+        <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:12" s="2" customFormat="1" ht="14.25" x14ac:dyDescent="0.2"/>
     <row r="35" spans="1:12" s="14" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="36" spans="1:12" s="14" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A36" s="239" t="s">
+      <c r="A36" s="240" t="s">
         <v>28</v>
       </c>
-      <c r="B36" s="239"/>
-[...5 lines deleted...]
-      <c r="H36" s="239"/>
+      <c r="B36" s="240"/>
+      <c r="C36" s="240"/>
+      <c r="D36" s="240"/>
+      <c r="E36" s="240"/>
+      <c r="F36" s="240"/>
+      <c r="G36" s="240"/>
+      <c r="H36" s="240"/>
       <c r="I36" s="15"/>
       <c r="J36" s="16"/>
       <c r="K36" s="71"/>
     </row>
     <row r="37" spans="1:12" s="14" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="233" t="s">
+      <c r="A37" s="234" t="s">
         <v>29</v>
       </c>
-      <c r="B37" s="233"/>
+      <c r="B37" s="234"/>
       <c r="C37" s="106" t="s">
         <v>30</v>
       </c>
-      <c r="D37" s="240" t="s">
+      <c r="D37" s="241" t="s">
         <v>31</v>
       </c>
-      <c r="E37" s="240"/>
-[...1 lines deleted...]
-      <c r="G37" s="240" t="s">
+      <c r="E37" s="241"/>
+      <c r="F37" s="241"/>
+      <c r="G37" s="241" t="s">
         <v>32</v>
       </c>
-      <c r="H37" s="240"/>
+      <c r="H37" s="241"/>
       <c r="I37" s="16"/>
       <c r="J37" s="16"/>
     </row>
     <row r="38" spans="1:12" s="14" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="233" t="s">
+      <c r="A38" s="234" t="s">
         <v>33</v>
       </c>
-      <c r="B38" s="233"/>
+      <c r="B38" s="234"/>
       <c r="C38" s="17"/>
-      <c r="D38" s="234">
+      <c r="D38" s="235">
         <v>0.2</v>
       </c>
-      <c r="E38" s="234"/>
-[...1 lines deleted...]
-      <c r="G38" s="235" t="e">
+      <c r="E38" s="235"/>
+      <c r="F38" s="235"/>
+      <c r="G38" s="236" t="e">
         <f>(H33-Migrantes!E16+Descontos!C16)/C41</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H38" s="235"/>
+      <c r="H38" s="236"/>
       <c r="I38" s="16" t="e">
         <f>G38/B47</f>
         <v>#DIV/0!</v>
       </c>
       <c r="J38" s="16"/>
       <c r="K38" s="18"/>
     </row>
     <row r="39" spans="1:12" s="14" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="236" t="s">
+      <c r="A39" s="237" t="s">
         <v>34</v>
       </c>
-      <c r="B39" s="236"/>
+      <c r="B39" s="237"/>
       <c r="C39" s="119"/>
-      <c r="D39" s="237">
+      <c r="D39" s="238">
         <f>C40*(1-D38)</f>
         <v>0</v>
       </c>
-      <c r="E39" s="237"/>
-[...2 lines deleted...]
-      <c r="H39" s="235"/>
+      <c r="E39" s="238"/>
+      <c r="F39" s="238"/>
+      <c r="G39" s="236"/>
+      <c r="H39" s="236"/>
       <c r="I39" s="16"/>
       <c r="J39" s="16"/>
     </row>
     <row r="40" spans="1:12" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="215" t="s">
+      <c r="A40" s="216" t="s">
         <v>35</v>
       </c>
-      <c r="B40" s="215"/>
-[...4 lines deleted...]
-      <c r="D40" s="216" t="s">
+      <c r="B40" s="216"/>
+      <c r="C40" s="181"/>
+      <c r="D40" s="217" t="s">
         <v>36</v>
       </c>
-      <c r="E40" s="216"/>
-[...1 lines deleted...]
-      <c r="G40" s="217" t="e">
+      <c r="E40" s="217"/>
+      <c r="F40" s="217"/>
+      <c r="G40" s="218" t="e">
         <f>0.9*G38</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H40" s="217"/>
+      <c r="H40" s="218"/>
       <c r="I40" s="16"/>
       <c r="J40" s="16"/>
       <c r="L40" s="18"/>
     </row>
     <row r="41" spans="1:12" s="14" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="218" t="s">
+      <c r="A41" s="219" t="s">
         <v>37</v>
       </c>
-      <c r="B41" s="218"/>
+      <c r="B41" s="219"/>
       <c r="C41" s="19">
         <f>ROUNDUP(D39,0)</f>
         <v>0</v>
       </c>
       <c r="D41" s="20"/>
       <c r="E41" s="20"/>
       <c r="F41" s="20"/>
       <c r="G41" s="21"/>
       <c r="H41" s="21"/>
       <c r="I41" s="16"/>
       <c r="J41" s="16"/>
     </row>
     <row r="42" spans="1:12" s="14" customFormat="1" ht="66" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="223" t="s">
-[...3 lines deleted...]
-      <c r="C42" s="223"/>
+      <c r="A42" s="224" t="s">
+        <v>0</v>
+      </c>
+      <c r="B42" s="224"/>
+      <c r="C42" s="224"/>
       <c r="D42" s="20"/>
       <c r="E42" s="20"/>
       <c r="F42" s="20"/>
-      <c r="G42" s="221" t="s">
+      <c r="G42" s="222" t="s">
         <v>38</v>
       </c>
-      <c r="H42" s="222"/>
+      <c r="H42" s="223"/>
       <c r="I42" s="16"/>
       <c r="J42" s="16"/>
     </row>
     <row r="43" spans="1:12" s="14" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="219" t="s">
+      <c r="A43" s="220" t="s">
         <v>408</v>
       </c>
-      <c r="B43" s="220"/>
+      <c r="B43" s="221"/>
       <c r="C43" s="22">
         <f>(C38-C39)*B48+Migrantes!E16-Descontos!C16</f>
         <v>0</v>
       </c>
       <c r="D43" s="20"/>
       <c r="E43" s="20"/>
       <c r="F43" s="20"/>
       <c r="G43" s="72" t="s">
         <v>39</v>
       </c>
       <c r="H43" s="180">
         <v>45</v>
       </c>
       <c r="I43" s="16"/>
       <c r="J43" s="16"/>
     </row>
     <row r="44" spans="1:12" s="14" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="226" t="s">
+      <c r="A44" s="227" t="s">
         <v>40</v>
       </c>
-      <c r="B44" s="227"/>
+      <c r="B44" s="228"/>
       <c r="C44" s="22">
         <f>(C38-C39-C41)*B48</f>
         <v>0</v>
       </c>
       <c r="D44" s="81"/>
       <c r="E44" s="20"/>
       <c r="F44" s="20"/>
       <c r="G44" s="72" t="s">
         <v>407</v>
       </c>
       <c r="H44" s="70">
         <f>B48</f>
         <v>0</v>
       </c>
       <c r="I44" s="16"/>
       <c r="J44" s="16"/>
     </row>
     <row r="45" spans="1:12" s="14" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A45" s="16"/>
       <c r="B45" s="16"/>
       <c r="C45" s="16"/>
       <c r="D45" s="16"/>
       <c r="E45" s="16"/>
       <c r="F45" s="23"/>
       <c r="G45" s="72" t="s">
         <v>41</v>
       </c>
       <c r="H45" s="70">
         <f>C43</f>
         <v>0</v>
       </c>
       <c r="I45" s="16"/>
       <c r="J45" s="16"/>
     </row>
     <row r="46" spans="1:12" s="14" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A46" s="24" t="s">
         <v>42</v>
       </c>
-      <c r="B46" s="228"/>
-[...2 lines deleted...]
-      <c r="E46" s="230"/>
+      <c r="B46" s="229"/>
+      <c r="C46" s="230"/>
+      <c r="D46" s="230"/>
+      <c r="E46" s="231"/>
       <c r="F46" s="23"/>
       <c r="G46" s="68" t="s">
         <v>448</v>
       </c>
       <c r="H46" s="70">
         <f>H30</f>
         <v>0</v>
       </c>
       <c r="I46" s="25"/>
       <c r="J46" s="69"/>
     </row>
     <row r="47" spans="1:12" s="14" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A47" s="24" t="s">
         <v>43</v>
       </c>
       <c r="B47" s="120"/>
       <c r="C47" s="121"/>
-      <c r="D47" s="231">
+      <c r="D47" s="232">
         <f>C47*B47</f>
         <v>0</v>
       </c>
-      <c r="E47" s="232"/>
+      <c r="E47" s="233"/>
       <c r="F47" s="16"/>
       <c r="G47" s="68" t="s">
         <v>447</v>
       </c>
       <c r="H47" s="70">
         <f>H31</f>
         <v>0</v>
       </c>
       <c r="I47" s="16"/>
       <c r="J47" s="69"/>
     </row>
     <row r="48" spans="1:12" s="14" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A48" s="24" t="s">
         <v>33</v>
       </c>
-      <c r="B48" s="214">
+      <c r="B48" s="215">
         <f>D47+B46</f>
         <v>0</v>
       </c>
-      <c r="C48" s="214"/>
-[...1 lines deleted...]
-      <c r="E48" s="214"/>
+      <c r="C48" s="215"/>
+      <c r="D48" s="215"/>
+      <c r="E48" s="215"/>
       <c r="F48" s="26"/>
       <c r="G48" s="73" t="s">
         <v>44</v>
       </c>
       <c r="H48" s="70">
         <f>H18+H28</f>
-        <v>0</v>
+        <v>199</v>
       </c>
       <c r="I48" s="16"/>
       <c r="J48" s="16"/>
     </row>
     <row r="49" spans="2:10" s="14" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B49" s="191"/>
-[...2 lines deleted...]
-      <c r="E49" s="191"/>
+      <c r="B49" s="192"/>
+      <c r="C49" s="192"/>
+      <c r="D49" s="192"/>
+      <c r="E49" s="192"/>
       <c r="G49" s="73" t="s">
         <v>414</v>
       </c>
       <c r="H49" s="70">
         <f>H45-H46-H47-H48</f>
-        <v>0</v>
+        <v>-199</v>
       </c>
       <c r="I49" s="27"/>
       <c r="J49" s="27"/>
     </row>
     <row r="50" spans="2:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B50" s="192" t="e">
+      <c r="B50" s="193" t="e">
         <f>IF(B48&lt;G38,"Valor total não pode ser menor que o VCA.
  Aumentar o valor da parcela mensal","")</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="C50" s="192"/>
-[...1 lines deleted...]
-      <c r="E50" s="192"/>
+      <c r="C50" s="193"/>
+      <c r="D50" s="193"/>
+      <c r="E50" s="193"/>
     </row>
     <row r="51" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B51" s="192"/>
-[...2 lines deleted...]
-      <c r="E51" s="192"/>
+      <c r="B51" s="193"/>
+      <c r="C51" s="193"/>
+      <c r="D51" s="193"/>
+      <c r="E51" s="193"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="drrXx+9c8xwF5PJtxFTDcj1ohuCt1UhJW1q6lR6BWh7W+YpSWTlSmeAxzJCqIpzNoZOPUQS0nxPgWR67UpdQqg==" saltValue="1anI8xURJ/YFeUu4XLyvrA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange sqref="D38:F38" name="Intervalo4"/>
     <protectedRange sqref="G30:G31" name="Intervalo2"/>
     <protectedRange sqref="E6 H6 B7:H7 B8:H8 B9:H9" name="Intervalo1"/>
     <protectedRange sqref="C38:C39" name="Intervalo3"/>
   </protectedRanges>
   <mergeCells count="64">
     <mergeCell ref="J1:S10"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A44:B44"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="D47:E47"/>
     <mergeCell ref="A38:B38"/>
     <mergeCell ref="D38:F38"/>
     <mergeCell ref="G38:H39"/>
     <mergeCell ref="A39:B39"/>
     <mergeCell ref="D39:F39"/>
     <mergeCell ref="A33:G33"/>
     <mergeCell ref="A36:H36"/>
     <mergeCell ref="A37:B37"/>
     <mergeCell ref="D37:F37"/>
     <mergeCell ref="G37:H37"/>
@@ -6841,176 +6841,176 @@
   </sheetPr>
   <dimension ref="A1:DF49"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
       <selection pane="bottomRight" activeCell="G7" sqref="G7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.85546875" style="42"/>
     <col min="2" max="2" width="33.140625" style="43" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="29.42578125" style="43" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="27" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="13.28515625" bestFit="1" customWidth="1"/>
     <col min="29" max="34" width="9.28515625" customWidth="1"/>
     <col min="35" max="35" width="11.85546875" customWidth="1"/>
     <col min="36" max="110" width="7.85546875" style="42"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:110" s="42" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B1" s="289" t="s">
+      <c r="B1" s="290" t="s">
         <v>390</v>
       </c>
-      <c r="C1" s="289"/>
-[...31 lines deleted...]
-      <c r="AI1" s="289"/>
+      <c r="C1" s="290"/>
+      <c r="D1" s="290"/>
+      <c r="E1" s="290"/>
+      <c r="F1" s="290"/>
+      <c r="G1" s="290"/>
+      <c r="H1" s="290"/>
+      <c r="I1" s="290"/>
+      <c r="J1" s="290"/>
+      <c r="K1" s="290"/>
+      <c r="L1" s="290"/>
+      <c r="M1" s="290"/>
+      <c r="N1" s="290"/>
+      <c r="O1" s="290"/>
+      <c r="P1" s="290"/>
+      <c r="Q1" s="290"/>
+      <c r="R1" s="290"/>
+      <c r="S1" s="290"/>
+      <c r="T1" s="290"/>
+      <c r="U1" s="290"/>
+      <c r="V1" s="290"/>
+      <c r="W1" s="290"/>
+      <c r="X1" s="290"/>
+      <c r="Y1" s="290"/>
+      <c r="Z1" s="290"/>
+      <c r="AA1" s="290"/>
+      <c r="AB1" s="290"/>
+      <c r="AC1" s="290"/>
+      <c r="AD1" s="290"/>
+      <c r="AE1" s="290"/>
+      <c r="AF1" s="290"/>
+      <c r="AG1" s="290"/>
+      <c r="AH1" s="290"/>
+      <c r="AI1" s="290"/>
     </row>
     <row r="2" spans="1:110" s="42" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B2" s="289" t="str">
+      <c r="B2" s="290" t="str">
         <f>'Custo do Curso'!B5</f>
         <v>Nome Projeto</v>
       </c>
-      <c r="C2" s="289"/>
-[...31 lines deleted...]
-      <c r="AI2" s="289"/>
+      <c r="C2" s="290"/>
+      <c r="D2" s="290"/>
+      <c r="E2" s="290"/>
+      <c r="F2" s="290"/>
+      <c r="G2" s="290"/>
+      <c r="H2" s="290"/>
+      <c r="I2" s="290"/>
+      <c r="J2" s="290"/>
+      <c r="K2" s="290"/>
+      <c r="L2" s="290"/>
+      <c r="M2" s="290"/>
+      <c r="N2" s="290"/>
+      <c r="O2" s="290"/>
+      <c r="P2" s="290"/>
+      <c r="Q2" s="290"/>
+      <c r="R2" s="290"/>
+      <c r="S2" s="290"/>
+      <c r="T2" s="290"/>
+      <c r="U2" s="290"/>
+      <c r="V2" s="290"/>
+      <c r="W2" s="290"/>
+      <c r="X2" s="290"/>
+      <c r="Y2" s="290"/>
+      <c r="Z2" s="290"/>
+      <c r="AA2" s="290"/>
+      <c r="AB2" s="290"/>
+      <c r="AC2" s="290"/>
+      <c r="AD2" s="290"/>
+      <c r="AE2" s="290"/>
+      <c r="AF2" s="290"/>
+      <c r="AG2" s="290"/>
+      <c r="AH2" s="290"/>
+      <c r="AI2" s="290"/>
     </row>
     <row r="3" spans="1:110" s="42" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B3" s="44"/>
       <c r="C3" s="44"/>
     </row>
     <row r="4" spans="1:110" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B4" s="282" t="s">
+      <c r="B4" s="283" t="s">
         <v>115</v>
       </c>
-      <c r="C4" s="282" t="s">
+      <c r="C4" s="283" t="s">
         <v>116</v>
       </c>
-      <c r="D4" s="282"/>
-      <c r="E4" s="282" t="s">
+      <c r="D4" s="283"/>
+      <c r="E4" s="283" t="s">
         <v>117</v>
       </c>
-      <c r="F4" s="282"/>
-[...27 lines deleted...]
-      <c r="AH4" s="282"/>
+      <c r="F4" s="283"/>
+      <c r="G4" s="283"/>
+      <c r="H4" s="283"/>
+      <c r="I4" s="283"/>
+      <c r="J4" s="283"/>
+      <c r="K4" s="283"/>
+      <c r="L4" s="283"/>
+      <c r="M4" s="283"/>
+      <c r="N4" s="283"/>
+      <c r="O4" s="283"/>
+      <c r="P4" s="283"/>
+      <c r="Q4" s="283"/>
+      <c r="R4" s="283"/>
+      <c r="S4" s="283"/>
+      <c r="T4" s="283"/>
+      <c r="U4" s="283"/>
+      <c r="V4" s="283"/>
+      <c r="W4" s="283"/>
+      <c r="X4" s="283"/>
+      <c r="Y4" s="283"/>
+      <c r="Z4" s="283"/>
+      <c r="AA4" s="283"/>
+      <c r="AB4" s="283"/>
+      <c r="AC4" s="283"/>
+      <c r="AD4" s="283"/>
+      <c r="AE4" s="283"/>
+      <c r="AF4" s="283"/>
+      <c r="AG4" s="283"/>
+      <c r="AH4" s="283"/>
     </row>
     <row r="5" spans="1:110" s="47" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="45"/>
-      <c r="B5" s="282"/>
-[...1 lines deleted...]
-      <c r="D5" s="282"/>
+      <c r="B5" s="283"/>
+      <c r="C5" s="283"/>
+      <c r="D5" s="283"/>
       <c r="E5" s="112">
         <v>1</v>
       </c>
       <c r="F5" s="112">
         <v>2</v>
       </c>
       <c r="G5" s="112">
         <v>3</v>
       </c>
       <c r="H5" s="112">
         <v>4</v>
       </c>
       <c r="I5" s="112">
         <v>5</v>
       </c>
       <c r="J5" s="112">
         <v>6</v>
       </c>
       <c r="K5" s="112">
         <v>7</v>
       </c>
       <c r="L5" s="112">
         <v>8</v>
       </c>
       <c r="M5" s="112">
@@ -7135,54 +7135,54 @@
       <c r="CJ5" s="45"/>
       <c r="CK5" s="45"/>
       <c r="CL5" s="45"/>
       <c r="CM5" s="45"/>
       <c r="CN5" s="45"/>
       <c r="CO5" s="45"/>
       <c r="CP5" s="45"/>
       <c r="CQ5" s="45"/>
       <c r="CR5" s="45"/>
       <c r="CS5" s="45"/>
       <c r="CT5" s="45"/>
       <c r="CU5" s="45"/>
       <c r="CV5" s="45"/>
       <c r="CW5" s="45"/>
       <c r="CX5" s="45"/>
       <c r="CY5" s="45"/>
       <c r="CZ5" s="45"/>
       <c r="DA5" s="45"/>
       <c r="DB5" s="45"/>
       <c r="DC5" s="45"/>
       <c r="DD5" s="45"/>
       <c r="DE5" s="45"/>
       <c r="DF5" s="45"/>
     </row>
     <row r="6" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B6" s="283" t="s">
+      <c r="B6" s="284" t="s">
         <v>118</v>
       </c>
-      <c r="C6" s="284">
+      <c r="C6" s="285">
         <f>Servidores!L18</f>
         <v>0</v>
       </c>
       <c r="D6" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E6" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="F6" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G6" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="H6" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I6" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
@@ -7253,52 +7253,52 @@
       </c>
       <c r="Z6" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="AA6" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="AB6" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="AC6" s="175"/>
       <c r="AD6" s="175"/>
       <c r="AE6" s="175"/>
       <c r="AF6" s="175"/>
       <c r="AG6" s="175"/>
       <c r="AH6" s="175"/>
       <c r="AI6" s="49" t="e">
         <f t="shared" ref="AI6:AI30" si="0">SUM(E6:AH6)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="7" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B7" s="283"/>
-      <c r="C7" s="284"/>
+      <c r="B7" s="284"/>
+      <c r="C7" s="285"/>
       <c r="D7" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E7" s="51" t="e">
         <f>E6*$C$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="F7" s="51" t="e">
         <f t="shared" ref="F7:AA7" si="1">F6*$C$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G7" s="51" t="e">
         <f t="shared" si="1"/>
         <v>#DIV/0!</v>
       </c>
       <c r="H7" s="51" t="e">
         <f t="shared" si="1"/>
         <v>#DIV/0!</v>
       </c>
       <c r="I7" s="51" t="e">
         <f t="shared" si="1"/>
         <v>#DIV/0!</v>
       </c>
       <c r="J7" s="51" t="e">
         <f t="shared" si="1"/>
@@ -7384,54 +7384,54 @@
         <f t="shared" ref="AD7:AH7" si="3">AD6*$C$6</f>
         <v>0</v>
       </c>
       <c r="AE7" s="51">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AF7" s="51">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AG7" s="51">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AH7" s="51">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AI7" s="52" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="8" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B8" s="283" t="s">
+      <c r="B8" s="284" t="s">
         <v>121</v>
       </c>
-      <c r="C8" s="284">
+      <c r="C8" s="285">
         <f>Servidores!M18</f>
         <v>0</v>
       </c>
       <c r="D8" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E8" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="F8" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G8" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="H8" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I8" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
@@ -7502,52 +7502,52 @@
       </c>
       <c r="Z8" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="AA8" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="AB8" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="AC8" s="175"/>
       <c r="AD8" s="175"/>
       <c r="AE8" s="175"/>
       <c r="AF8" s="175"/>
       <c r="AG8" s="175"/>
       <c r="AH8" s="175"/>
       <c r="AI8" s="49" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="9" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B9" s="283"/>
-      <c r="C9" s="284"/>
+      <c r="B9" s="284"/>
+      <c r="C9" s="285"/>
       <c r="D9" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E9" s="51" t="e">
         <f t="shared" ref="E9:AA9" si="4">E8*$C$8</f>
         <v>#DIV/0!</v>
       </c>
       <c r="F9" s="51" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
       <c r="G9" s="51" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
       <c r="H9" s="51" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
       <c r="I9" s="51" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
       <c r="J9" s="51" t="e">
         <f t="shared" si="4"/>
@@ -7633,54 +7633,54 @@
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AE9" s="51">
         <f t="shared" ref="AE9:AH9" si="7">AE8*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF9" s="51">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AG9" s="51">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AH9" s="51">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AI9" s="51" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="10" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B10" s="285" t="s">
+      <c r="B10" s="286" t="s">
         <v>366</v>
       </c>
-      <c r="C10" s="287">
+      <c r="C10" s="288">
         <f>SUM(Servidores!H18:K18)</f>
         <v>0</v>
       </c>
       <c r="D10" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E10" s="175"/>
       <c r="F10" s="175"/>
       <c r="G10" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="H10" s="175"/>
       <c r="I10" s="175"/>
       <c r="J10" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="K10" s="175"/>
       <c r="L10" s="175"/>
       <c r="M10" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="N10" s="175"/>
@@ -7703,52 +7703,52 @@
       </c>
       <c r="W10" s="175"/>
       <c r="X10" s="175"/>
       <c r="Y10" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="Z10" s="175"/>
       <c r="AA10" s="175"/>
       <c r="AB10" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="AC10" s="175"/>
       <c r="AD10" s="175"/>
       <c r="AE10" s="175"/>
       <c r="AF10" s="175"/>
       <c r="AG10" s="175"/>
       <c r="AH10" s="175"/>
       <c r="AI10" s="49">
         <f t="shared" ref="AI10:AI11" si="8">SUM(E10:AH10)</f>
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B11" s="286"/>
-      <c r="C11" s="288"/>
+      <c r="B11" s="287"/>
+      <c r="C11" s="289"/>
       <c r="D11" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E11" s="51">
         <f>E10*$C$10</f>
         <v>0</v>
       </c>
       <c r="F11" s="51">
         <f t="shared" ref="F11:AA11" si="9">F10*$C$10</f>
         <v>0</v>
       </c>
       <c r="G11" s="51">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="H11" s="51">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I11" s="51">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J11" s="51">
         <f t="shared" si="9"/>
@@ -7834,54 +7834,54 @@
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="AE11" s="51">
         <f t="shared" ref="AE11:AH11" si="12">AE10*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF11" s="51">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AG11" s="51">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AH11" s="51">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AI11" s="51">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B12" s="283" t="s">
+      <c r="B12" s="284" t="s">
         <v>122</v>
       </c>
-      <c r="C12" s="284">
+      <c r="C12" s="285">
         <f>Servidores!N18</f>
         <v>0</v>
       </c>
       <c r="D12" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E12" s="175"/>
       <c r="F12" s="175"/>
       <c r="G12" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="H12" s="175"/>
       <c r="I12" s="175"/>
       <c r="J12" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="K12" s="175"/>
       <c r="L12" s="175"/>
       <c r="M12" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="N12" s="175"/>
@@ -7904,52 +7904,52 @@
       </c>
       <c r="W12" s="175"/>
       <c r="X12" s="175"/>
       <c r="Y12" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="Z12" s="175"/>
       <c r="AA12" s="175"/>
       <c r="AB12" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="AC12" s="175"/>
       <c r="AD12" s="175"/>
       <c r="AE12" s="175"/>
       <c r="AF12" s="175"/>
       <c r="AG12" s="175"/>
       <c r="AH12" s="175"/>
       <c r="AI12" s="49">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B13" s="283"/>
-      <c r="C13" s="284"/>
+      <c r="B13" s="284"/>
+      <c r="C13" s="285"/>
       <c r="D13" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E13" s="51">
         <f>E12*$C$12</f>
         <v>0</v>
       </c>
       <c r="F13" s="51">
         <f t="shared" ref="F13:AA13" si="13">F12*$C$12</f>
         <v>0</v>
       </c>
       <c r="G13" s="51">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="H13" s="51">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="I13" s="51">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J13" s="51">
         <f t="shared" si="13"/>
@@ -8035,54 +8035,54 @@
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="AE13" s="51">
         <f t="shared" ref="AE13:AH13" si="16">AE12*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF13" s="51">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="AG13" s="51">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="AH13" s="51">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="AI13" s="51">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B14" s="283" t="s">
+      <c r="B14" s="284" t="s">
         <v>123</v>
       </c>
-      <c r="C14" s="284">
+      <c r="C14" s="285">
         <f>Servidores!P18</f>
         <v>0</v>
       </c>
       <c r="D14" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E14" s="175"/>
       <c r="F14" s="175"/>
       <c r="G14" s="175"/>
       <c r="H14" s="175"/>
       <c r="I14" s="175"/>
       <c r="J14" s="175"/>
       <c r="K14" s="175"/>
       <c r="L14" s="175"/>
       <c r="M14" s="175"/>
       <c r="N14" s="175"/>
       <c r="O14" s="175"/>
       <c r="P14" s="175"/>
       <c r="Q14" s="175"/>
       <c r="R14" s="175"/>
       <c r="S14" s="175"/>
       <c r="T14" s="175"/>
       <c r="U14" s="175"/>
       <c r="V14" s="175">
         <f>1/3</f>
@@ -8090,52 +8090,52 @@
       </c>
       <c r="W14" s="175"/>
       <c r="X14" s="175"/>
       <c r="Y14" s="175">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="Z14" s="175"/>
       <c r="AA14" s="175"/>
       <c r="AB14" s="175">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="AC14" s="175"/>
       <c r="AD14" s="175"/>
       <c r="AE14" s="175"/>
       <c r="AF14" s="175"/>
       <c r="AG14" s="175"/>
       <c r="AH14" s="175"/>
       <c r="AI14" s="49">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B15" s="283"/>
-      <c r="C15" s="284"/>
+      <c r="B15" s="284"/>
+      <c r="C15" s="285"/>
       <c r="D15" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E15" s="51">
         <f t="shared" ref="E15:AA15" si="17">E14*$C$14</f>
         <v>0</v>
       </c>
       <c r="F15" s="51">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="G15" s="51">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="H15" s="51">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="I15" s="51">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="J15" s="51">
         <f t="shared" si="17"/>
@@ -8221,54 +8221,54 @@
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="AE15" s="51">
         <f t="shared" ref="AE15:AH15" si="20">AE14*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF15" s="51">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="AG15" s="51">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="AH15" s="51">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="AI15" s="51">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B16" s="283" t="s">
+      <c r="B16" s="284" t="s">
         <v>124</v>
       </c>
-      <c r="C16" s="284">
+      <c r="C16" s="285">
         <f>Servidores!O18</f>
         <v>0</v>
       </c>
       <c r="D16" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E16" s="175"/>
       <c r="F16" s="175"/>
       <c r="G16" s="175"/>
       <c r="H16" s="175"/>
       <c r="I16" s="175"/>
       <c r="J16" s="175"/>
       <c r="K16" s="175"/>
       <c r="L16" s="175"/>
       <c r="M16" s="175"/>
       <c r="N16" s="175"/>
       <c r="O16" s="175"/>
       <c r="P16" s="175"/>
       <c r="Q16" s="175"/>
       <c r="R16" s="175"/>
       <c r="S16" s="175"/>
       <c r="T16" s="175"/>
       <c r="U16" s="175"/>
       <c r="V16" s="175">
         <f>1/3</f>
@@ -8276,52 +8276,52 @@
       </c>
       <c r="W16" s="175"/>
       <c r="X16" s="175"/>
       <c r="Y16" s="175">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="Z16" s="175"/>
       <c r="AA16" s="175"/>
       <c r="AB16" s="175">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="AC16" s="175"/>
       <c r="AD16" s="175"/>
       <c r="AE16" s="175"/>
       <c r="AF16" s="175"/>
       <c r="AG16" s="175"/>
       <c r="AH16" s="175"/>
       <c r="AI16" s="49">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B17" s="283"/>
-      <c r="C17" s="284"/>
+      <c r="B17" s="284"/>
+      <c r="C17" s="285"/>
       <c r="D17" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E17" s="51">
         <f>E16*$C$16</f>
         <v>0</v>
       </c>
       <c r="F17" s="51">
         <f t="shared" ref="F17:AA17" si="21">F16*$C$16</f>
         <v>0</v>
       </c>
       <c r="G17" s="51">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="H17" s="51">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="I17" s="51">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="J17" s="51">
         <f t="shared" si="21"/>
@@ -8407,54 +8407,54 @@
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="AE17" s="51">
         <f t="shared" ref="AE17:AH17" si="24">AE16*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF17" s="51">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
       <c r="AG17" s="51">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
       <c r="AH17" s="51">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
       <c r="AI17" s="51">
         <f t="shared" ref="AI17" si="25">SUM(E17:AH17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B18" s="283" t="s">
+      <c r="B18" s="284" t="s">
         <v>71</v>
       </c>
-      <c r="C18" s="284">
+      <c r="C18" s="285">
         <f>Servidores!Q18</f>
         <v>0</v>
       </c>
       <c r="D18" s="176" t="s">
         <v>119</v>
       </c>
       <c r="E18" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="F18" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G18" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="H18" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I18" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
@@ -8525,52 +8525,52 @@
       </c>
       <c r="Z18" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="AA18" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="AB18" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="AC18" s="175"/>
       <c r="AD18" s="175"/>
       <c r="AE18" s="175"/>
       <c r="AF18" s="175"/>
       <c r="AG18" s="175"/>
       <c r="AH18" s="175"/>
       <c r="AI18" s="49" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="19" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B19" s="283"/>
-      <c r="C19" s="284"/>
+      <c r="B19" s="284"/>
+      <c r="C19" s="285"/>
       <c r="D19" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E19" s="51" t="e">
         <f>E18*$C$18</f>
         <v>#DIV/0!</v>
       </c>
       <c r="F19" s="51" t="e">
         <f t="shared" ref="F19:AA19" si="26">F18*$C$18</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G19" s="51" t="e">
         <f t="shared" si="26"/>
         <v>#DIV/0!</v>
       </c>
       <c r="H19" s="51" t="e">
         <f t="shared" si="26"/>
         <v>#DIV/0!</v>
       </c>
       <c r="I19" s="51" t="e">
         <f t="shared" si="26"/>
         <v>#DIV/0!</v>
       </c>
       <c r="J19" s="51" t="e">
         <f t="shared" si="26"/>
@@ -8656,54 +8656,54 @@
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="AE19" s="51">
         <f t="shared" ref="AE19:AH19" si="29">AE18*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF19" s="51">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
       <c r="AG19" s="51">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
       <c r="AH19" s="51">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
       <c r="AI19" s="51" t="e">
         <f t="shared" ref="AI19" si="30">SUM(E19:AH19)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="20" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B20" s="283" t="s">
+      <c r="B20" s="284" t="s">
         <v>453</v>
       </c>
-      <c r="C20" s="284">
+      <c r="C20" s="285">
         <f>'Bolsista - superior'!J13</f>
         <v>0</v>
       </c>
       <c r="D20" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E20" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="F20" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G20" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="H20" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I20" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
@@ -8774,52 +8774,52 @@
       </c>
       <c r="Z20" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="AA20" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="AB20" s="175" t="e">
         <f>1/'Custo do Curso'!$E$6</f>
         <v>#DIV/0!</v>
       </c>
       <c r="AC20" s="175"/>
       <c r="AD20" s="175"/>
       <c r="AE20" s="175"/>
       <c r="AF20" s="175"/>
       <c r="AG20" s="175"/>
       <c r="AH20" s="175"/>
       <c r="AI20" s="49" t="e">
         <f t="shared" ref="AI20" si="31">SUM(E20:AH20)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="21" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B21" s="283"/>
-      <c r="C21" s="284"/>
+      <c r="B21" s="284"/>
+      <c r="C21" s="285"/>
       <c r="D21" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E21" s="51" t="e">
         <f>E20*$C$20</f>
         <v>#DIV/0!</v>
       </c>
       <c r="F21" s="51" t="e">
         <f t="shared" ref="F21:AA21" si="32">F20*$C$20</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G21" s="51" t="e">
         <f t="shared" si="32"/>
         <v>#DIV/0!</v>
       </c>
       <c r="H21" s="51" t="e">
         <f t="shared" si="32"/>
         <v>#DIV/0!</v>
       </c>
       <c r="I21" s="51" t="e">
         <f t="shared" si="32"/>
         <v>#DIV/0!</v>
       </c>
       <c r="J21" s="51" t="e">
         <f t="shared" si="32"/>
@@ -8905,54 +8905,54 @@
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AE21" s="51">
         <f t="shared" ref="AE21:AH21" si="35">AE20*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF21" s="51">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="AG21" s="51">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="AH21" s="51">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="AI21" s="51" t="e">
         <f t="shared" ref="AI21:AI24" si="36">SUM(E21:AH21)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="22" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B22" s="285" t="s">
+      <c r="B22" s="286" t="s">
         <v>454</v>
       </c>
-      <c r="C22" s="287">
+      <c r="C22" s="288">
         <f>'Custo do Curso'!H27</f>
         <v>0</v>
       </c>
       <c r="D22" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E22" s="175"/>
       <c r="F22" s="175"/>
       <c r="G22" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="H22" s="175"/>
       <c r="I22" s="175"/>
       <c r="J22" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="K22" s="175"/>
       <c r="L22" s="175"/>
       <c r="M22" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="N22" s="175"/>
@@ -8975,52 +8975,52 @@
       </c>
       <c r="W22" s="175"/>
       <c r="X22" s="175"/>
       <c r="Y22" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="Z22" s="175"/>
       <c r="AA22" s="175"/>
       <c r="AB22" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="AC22" s="175"/>
       <c r="AD22" s="175"/>
       <c r="AE22" s="175"/>
       <c r="AF22" s="175"/>
       <c r="AG22" s="175"/>
       <c r="AH22" s="175"/>
       <c r="AI22" s="49">
         <f t="shared" ref="AI22:AI23" si="37">SUM(E22:AH22)</f>
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B23" s="286"/>
-      <c r="C23" s="288"/>
+      <c r="B23" s="287"/>
+      <c r="C23" s="289"/>
       <c r="D23" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E23" s="51">
         <f>E22*$C$22</f>
         <v>0</v>
       </c>
       <c r="F23" s="51">
         <f t="shared" ref="F23:AA23" si="38">F22*$C$22</f>
         <v>0</v>
       </c>
       <c r="G23" s="51">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
       <c r="H23" s="51">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
       <c r="I23" s="51">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
       <c r="J23" s="51">
         <f t="shared" si="38"/>
@@ -9106,54 +9106,54 @@
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
       <c r="AE23" s="51">
         <f t="shared" ref="AE23:AH23" si="41">AE22*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF23" s="51">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="AG23" s="51">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="AH23" s="51">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="AI23" s="51">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B24" s="285" t="s">
+      <c r="B24" s="286" t="s">
         <v>125</v>
       </c>
-      <c r="C24" s="287">
+      <c r="C24" s="288">
         <f>'Serviços - PF'!E26</f>
         <v>0</v>
       </c>
       <c r="D24" s="176" t="s">
         <v>119</v>
       </c>
       <c r="E24" s="175"/>
       <c r="F24" s="175"/>
       <c r="G24" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="H24" s="175"/>
       <c r="I24" s="175"/>
       <c r="J24" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="K24" s="175"/>
       <c r="L24" s="175"/>
       <c r="M24" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="N24" s="175"/>
@@ -9176,52 +9176,52 @@
       </c>
       <c r="W24" s="175"/>
       <c r="X24" s="175"/>
       <c r="Y24" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="Z24" s="175"/>
       <c r="AA24" s="175"/>
       <c r="AB24" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="AC24" s="175"/>
       <c r="AD24" s="175"/>
       <c r="AE24" s="175"/>
       <c r="AF24" s="175"/>
       <c r="AG24" s="175"/>
       <c r="AH24" s="175"/>
       <c r="AI24" s="49">
         <f t="shared" si="36"/>
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B25" s="286"/>
-      <c r="C25" s="288"/>
+      <c r="B25" s="287"/>
+      <c r="C25" s="289"/>
       <c r="D25" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E25" s="51">
         <f>E24*$C$24</f>
         <v>0</v>
       </c>
       <c r="F25" s="51">
         <f t="shared" ref="F25:AA25" si="42">F24*$C$24</f>
         <v>0</v>
       </c>
       <c r="G25" s="51">
         <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="H25" s="51">
         <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="I25" s="51">
         <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="J25" s="51">
         <f t="shared" si="42"/>
@@ -9307,54 +9307,54 @@
         <f t="shared" si="44"/>
         <v>0</v>
       </c>
       <c r="AE25" s="51">
         <f t="shared" ref="AE25:AH25" si="45">AE24*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF25" s="51">
         <f t="shared" si="45"/>
         <v>0</v>
       </c>
       <c r="AG25" s="51">
         <f t="shared" si="45"/>
         <v>0</v>
       </c>
       <c r="AH25" s="51">
         <f t="shared" si="45"/>
         <v>0</v>
       </c>
       <c r="AI25" s="51">
         <f t="shared" ref="AI25:AI26" si="46">SUM(E25:AH25)</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B26" s="283" t="s">
+      <c r="B26" s="284" t="s">
         <v>126</v>
       </c>
-      <c r="C26" s="284">
+      <c r="C26" s="285">
         <f>'Serviços - PF'!E51</f>
         <v>0</v>
       </c>
       <c r="D26" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E26" s="175"/>
       <c r="F26" s="175"/>
       <c r="G26" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="H26" s="175"/>
       <c r="I26" s="175"/>
       <c r="J26" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="K26" s="175"/>
       <c r="L26" s="175"/>
       <c r="M26" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="N26" s="175"/>
@@ -9377,52 +9377,52 @@
       </c>
       <c r="W26" s="175"/>
       <c r="X26" s="175"/>
       <c r="Y26" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="Z26" s="175"/>
       <c r="AA26" s="175"/>
       <c r="AB26" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="AC26" s="175"/>
       <c r="AD26" s="175"/>
       <c r="AE26" s="175"/>
       <c r="AF26" s="175"/>
       <c r="AG26" s="175"/>
       <c r="AH26" s="175"/>
       <c r="AI26" s="49">
         <f t="shared" si="46"/>
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B27" s="283"/>
-      <c r="C27" s="284"/>
+      <c r="B27" s="284"/>
+      <c r="C27" s="285"/>
       <c r="D27" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E27" s="51">
         <f>E26*$C$26</f>
         <v>0</v>
       </c>
       <c r="F27" s="51">
         <f t="shared" ref="F27:AA27" si="47">F26*$C$26</f>
         <v>0</v>
       </c>
       <c r="G27" s="51">
         <f t="shared" si="47"/>
         <v>0</v>
       </c>
       <c r="H27" s="51">
         <f t="shared" si="47"/>
         <v>0</v>
       </c>
       <c r="I27" s="51">
         <f t="shared" si="47"/>
         <v>0</v>
       </c>
       <c r="J27" s="51">
         <f t="shared" si="47"/>
@@ -9508,54 +9508,54 @@
         <f t="shared" si="49"/>
         <v>0</v>
       </c>
       <c r="AE27" s="51">
         <f t="shared" ref="AE27:AH27" si="50">AE26*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF27" s="51">
         <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AG27" s="51">
         <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AH27" s="51">
         <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AI27" s="51">
         <f t="shared" ref="AI27:AI28" si="51">SUM(E27:AH27)</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B28" s="283" t="s">
+      <c r="B28" s="284" t="s">
         <v>127</v>
       </c>
-      <c r="C28" s="284">
+      <c r="C28" s="285">
         <f>'Material de Consumo'!C21</f>
         <v>0</v>
       </c>
       <c r="D28" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E28" s="175">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="F28" s="175"/>
       <c r="G28" s="175"/>
       <c r="H28" s="175">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="I28" s="175"/>
       <c r="J28" s="175"/>
       <c r="K28" s="175">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="L28" s="175"/>
       <c r="M28" s="175"/>
       <c r="N28" s="175"/>
@@ -9563,52 +9563,52 @@
       <c r="P28" s="175"/>
       <c r="Q28" s="175"/>
       <c r="R28" s="175"/>
       <c r="S28" s="175"/>
       <c r="T28" s="175"/>
       <c r="U28" s="175"/>
       <c r="V28" s="175"/>
       <c r="W28" s="175"/>
       <c r="X28" s="175"/>
       <c r="Y28" s="175"/>
       <c r="Z28" s="175"/>
       <c r="AA28" s="175"/>
       <c r="AB28" s="175"/>
       <c r="AC28" s="175"/>
       <c r="AD28" s="175"/>
       <c r="AE28" s="175"/>
       <c r="AF28" s="175"/>
       <c r="AG28" s="175"/>
       <c r="AH28" s="175"/>
       <c r="AI28" s="49">
         <f t="shared" si="51"/>
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B29" s="283"/>
-      <c r="C29" s="284"/>
+      <c r="B29" s="284"/>
+      <c r="C29" s="285"/>
       <c r="D29" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E29" s="51">
         <f>E28*$C$28</f>
         <v>0</v>
       </c>
       <c r="F29" s="51">
         <f t="shared" ref="F29:AA29" si="52">F28*$C$28</f>
         <v>0</v>
       </c>
       <c r="G29" s="51">
         <f t="shared" si="52"/>
         <v>0</v>
       </c>
       <c r="H29" s="51">
         <f t="shared" si="52"/>
         <v>0</v>
       </c>
       <c r="I29" s="51">
         <f t="shared" si="52"/>
         <v>0</v>
       </c>
       <c r="J29" s="51">
         <f t="shared" si="52"/>
@@ -9694,56 +9694,56 @@
         <f t="shared" si="54"/>
         <v>0</v>
       </c>
       <c r="AE29" s="51">
         <f t="shared" ref="AE29:AH29" si="55">AE28*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF29" s="51">
         <f t="shared" si="55"/>
         <v>0</v>
       </c>
       <c r="AG29" s="51">
         <f t="shared" si="55"/>
         <v>0</v>
       </c>
       <c r="AH29" s="51">
         <f t="shared" si="55"/>
         <v>0</v>
       </c>
       <c r="AI29" s="51">
         <f t="shared" ref="AI29" si="56">SUM(E29:AH29)</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B30" s="283" t="s">
+      <c r="B30" s="284" t="s">
         <v>128</v>
       </c>
-      <c r="C30" s="284">
+      <c r="C30" s="285">
         <f>'Serviços - PJ'!B31</f>
-        <v>0</v>
+        <v>199</v>
       </c>
       <c r="D30" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E30" s="175"/>
       <c r="F30" s="175"/>
       <c r="G30" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="H30" s="175"/>
       <c r="I30" s="175"/>
       <c r="J30" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="K30" s="175"/>
       <c r="L30" s="175"/>
       <c r="M30" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="N30" s="175"/>
       <c r="O30" s="175"/>
       <c r="P30" s="175">
@@ -9764,185 +9764,185 @@
       </c>
       <c r="W30" s="175"/>
       <c r="X30" s="175"/>
       <c r="Y30" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="Z30" s="175"/>
       <c r="AA30" s="175"/>
       <c r="AB30" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="AC30" s="175"/>
       <c r="AD30" s="175"/>
       <c r="AE30" s="175"/>
       <c r="AF30" s="175"/>
       <c r="AG30" s="175"/>
       <c r="AH30" s="175"/>
       <c r="AI30" s="49">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B31" s="283"/>
-      <c r="C31" s="284"/>
+      <c r="B31" s="284"/>
+      <c r="C31" s="285"/>
       <c r="D31" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E31" s="51">
         <f>E30*$C$30</f>
         <v>0</v>
       </c>
       <c r="F31" s="51">
         <f t="shared" ref="F31:AA31" si="57">F30*$C$30</f>
         <v>0</v>
       </c>
       <c r="G31" s="51">
         <f t="shared" si="57"/>
-        <v>0</v>
+        <v>24.875</v>
       </c>
       <c r="H31" s="51">
         <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="I31" s="51">
         <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="J31" s="51">
         <f t="shared" si="57"/>
-        <v>0</v>
+        <v>24.875</v>
       </c>
       <c r="K31" s="51">
         <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="L31" s="51">
         <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="M31" s="51">
         <f t="shared" si="57"/>
-        <v>0</v>
+        <v>24.875</v>
       </c>
       <c r="N31" s="51">
         <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="O31" s="51">
         <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="P31" s="51">
         <f t="shared" si="57"/>
-        <v>0</v>
+        <v>24.875</v>
       </c>
       <c r="Q31" s="51">
         <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="R31" s="51">
         <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="S31" s="51">
         <f t="shared" si="57"/>
-        <v>0</v>
+        <v>24.875</v>
       </c>
       <c r="T31" s="51">
         <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="U31" s="51">
         <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="V31" s="51">
         <f t="shared" si="57"/>
-        <v>0</v>
+        <v>24.875</v>
       </c>
       <c r="W31" s="51">
         <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="X31" s="51">
         <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="Y31" s="51">
         <f t="shared" si="57"/>
-        <v>0</v>
+        <v>24.875</v>
       </c>
       <c r="Z31" s="51">
         <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="AA31" s="51">
         <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="AB31" s="51">
         <f t="shared" ref="AB31" si="58">AB30*$C$30</f>
-        <v>0</v>
+        <v>24.875</v>
       </c>
       <c r="AC31" s="51">
         <f t="shared" ref="AC31:AD31" si="59">AC30*$C$6</f>
         <v>0</v>
       </c>
       <c r="AD31" s="51">
         <f t="shared" si="59"/>
         <v>0</v>
       </c>
       <c r="AE31" s="51">
         <f t="shared" ref="AE31:AH31" si="60">AE30*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF31" s="51">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
       <c r="AG31" s="51">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
       <c r="AH31" s="51">
         <f t="shared" si="60"/>
         <v>0</v>
       </c>
       <c r="AI31" s="51">
         <f t="shared" ref="AI31:AI33" si="61">SUM(E31:AH31)</f>
-        <v>0</v>
+        <v>199</v>
       </c>
     </row>
     <row r="32" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B32" s="283" t="s">
+      <c r="B32" s="284" t="s">
         <v>45</v>
       </c>
-      <c r="C32" s="284">
+      <c r="C32" s="285">
         <f>Investimento!E17+'Custo do Curso'!C44</f>
         <v>0</v>
       </c>
       <c r="D32" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E32" s="175"/>
       <c r="F32" s="175"/>
       <c r="G32" s="175"/>
       <c r="H32" s="175"/>
       <c r="I32" s="175"/>
       <c r="J32" s="175"/>
       <c r="K32" s="175"/>
       <c r="L32" s="175"/>
       <c r="M32" s="175"/>
       <c r="N32" s="175"/>
       <c r="O32" s="175"/>
       <c r="P32" s="175"/>
       <c r="Q32" s="175"/>
       <c r="R32" s="175"/>
       <c r="S32" s="175"/>
       <c r="T32" s="175"/>
       <c r="U32" s="175"/>
       <c r="V32" s="175">
         <f>1/3</f>
@@ -9950,52 +9950,52 @@
       </c>
       <c r="W32" s="175"/>
       <c r="X32" s="175"/>
       <c r="Y32" s="175">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="Z32" s="175"/>
       <c r="AA32" s="175"/>
       <c r="AB32" s="175">
         <f>1/3</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="AC32" s="175"/>
       <c r="AD32" s="175"/>
       <c r="AE32" s="175"/>
       <c r="AF32" s="175"/>
       <c r="AG32" s="175"/>
       <c r="AH32" s="175"/>
       <c r="AI32" s="49">
         <f t="shared" si="61"/>
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B33" s="283"/>
-      <c r="C33" s="284"/>
+      <c r="B33" s="284"/>
+      <c r="C33" s="285"/>
       <c r="D33" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E33" s="51">
         <f>E32*$C$32</f>
         <v>0</v>
       </c>
       <c r="F33" s="51">
         <f t="shared" ref="F33:AA33" si="62">F32*$C$32</f>
         <v>0</v>
       </c>
       <c r="G33" s="51">
         <f t="shared" si="62"/>
         <v>0</v>
       </c>
       <c r="H33" s="51">
         <f t="shared" si="62"/>
         <v>0</v>
       </c>
       <c r="I33" s="51">
         <f t="shared" si="62"/>
         <v>0</v>
       </c>
       <c r="J33" s="51">
         <f t="shared" si="62"/>
@@ -10081,54 +10081,54 @@
         <f t="shared" si="64"/>
         <v>0</v>
       </c>
       <c r="AE33" s="51">
         <f t="shared" ref="AE33:AH33" si="65">AE32*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF33" s="51">
         <f t="shared" si="65"/>
         <v>0</v>
       </c>
       <c r="AG33" s="51">
         <f t="shared" si="65"/>
         <v>0</v>
       </c>
       <c r="AH33" s="51">
         <f t="shared" si="65"/>
         <v>0</v>
       </c>
       <c r="AI33" s="51">
         <f t="shared" si="61"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B34" s="283" t="s">
+      <c r="B34" s="284" t="s">
         <v>249</v>
       </c>
-      <c r="C34" s="284">
+      <c r="C34" s="285">
         <f>'Diárias e Passagens'!E11</f>
         <v>0</v>
       </c>
       <c r="D34" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E34" s="175"/>
       <c r="F34" s="175"/>
       <c r="G34" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="H34" s="175"/>
       <c r="I34" s="175"/>
       <c r="J34" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="K34" s="175"/>
       <c r="L34" s="175"/>
       <c r="M34" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="N34" s="175"/>
@@ -10151,52 +10151,52 @@
       </c>
       <c r="W34" s="175"/>
       <c r="X34" s="175"/>
       <c r="Y34" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="Z34" s="175"/>
       <c r="AA34" s="175"/>
       <c r="AB34" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="AC34" s="175"/>
       <c r="AD34" s="175"/>
       <c r="AE34" s="175"/>
       <c r="AF34" s="175"/>
       <c r="AG34" s="175"/>
       <c r="AH34" s="175"/>
       <c r="AI34" s="49">
         <f t="shared" ref="AI34:AI41" si="66">SUM(E34:AH34)</f>
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B35" s="283"/>
-      <c r="C35" s="284"/>
+      <c r="B35" s="284"/>
+      <c r="C35" s="285"/>
       <c r="D35" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E35" s="51">
         <f>E34*$C$34</f>
         <v>0</v>
       </c>
       <c r="F35" s="51">
         <f t="shared" ref="F35:AA35" si="67">F34*$C$34</f>
         <v>0</v>
       </c>
       <c r="G35" s="51">
         <f t="shared" si="67"/>
         <v>0</v>
       </c>
       <c r="H35" s="51">
         <f t="shared" si="67"/>
         <v>0</v>
       </c>
       <c r="I35" s="51">
         <f t="shared" si="67"/>
         <v>0</v>
       </c>
       <c r="J35" s="51">
         <f t="shared" si="67"/>
@@ -10282,54 +10282,54 @@
         <f t="shared" si="69"/>
         <v>0</v>
       </c>
       <c r="AE35" s="51">
         <f t="shared" ref="AE35:AH35" si="70">AE34*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF35" s="51">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
       <c r="AG35" s="51">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
       <c r="AH35" s="51">
         <f t="shared" si="70"/>
         <v>0</v>
       </c>
       <c r="AI35" s="51">
         <f t="shared" si="66"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B36" s="283" t="s">
+      <c r="B36" s="284" t="s">
         <v>129</v>
       </c>
-      <c r="C36" s="284">
+      <c r="C36" s="285">
         <f>'Custo do Curso'!H22</f>
         <v>0</v>
       </c>
       <c r="D36" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E36" s="175"/>
       <c r="F36" s="175"/>
       <c r="G36" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="H36" s="175"/>
       <c r="I36" s="175"/>
       <c r="J36" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="K36" s="175"/>
       <c r="L36" s="175"/>
       <c r="M36" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="N36" s="175"/>
@@ -10352,52 +10352,52 @@
       </c>
       <c r="W36" s="175"/>
       <c r="X36" s="175"/>
       <c r="Y36" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="Z36" s="175"/>
       <c r="AA36" s="175"/>
       <c r="AB36" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="AC36" s="175"/>
       <c r="AD36" s="175"/>
       <c r="AE36" s="175"/>
       <c r="AF36" s="175"/>
       <c r="AG36" s="175"/>
       <c r="AH36" s="175"/>
       <c r="AI36" s="49">
         <f t="shared" ref="AI36:AI39" si="71">SUM(E36:AH36)</f>
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B37" s="283"/>
-      <c r="C37" s="284"/>
+      <c r="B37" s="284"/>
+      <c r="C37" s="285"/>
       <c r="D37" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E37" s="51">
         <f>E36*$C$36</f>
         <v>0</v>
       </c>
       <c r="F37" s="51">
         <f t="shared" ref="F37:AA37" si="72">F36*$C$36</f>
         <v>0</v>
       </c>
       <c r="G37" s="51">
         <f t="shared" si="72"/>
         <v>0</v>
       </c>
       <c r="H37" s="51">
         <f t="shared" si="72"/>
         <v>0</v>
       </c>
       <c r="I37" s="51">
         <f t="shared" si="72"/>
         <v>0</v>
       </c>
       <c r="J37" s="51">
         <f t="shared" si="72"/>
@@ -10483,54 +10483,54 @@
         <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AE37" s="51">
         <f t="shared" ref="AE37:AH37" si="75">AE36*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF37" s="51">
         <f t="shared" si="75"/>
         <v>0</v>
       </c>
       <c r="AG37" s="51">
         <f t="shared" si="75"/>
         <v>0</v>
       </c>
       <c r="AH37" s="51">
         <f t="shared" si="75"/>
         <v>0</v>
       </c>
       <c r="AI37" s="51">
         <f t="shared" si="71"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B38" s="285" t="s">
+      <c r="B38" s="286" t="s">
         <v>371</v>
       </c>
-      <c r="C38" s="287">
+      <c r="C38" s="288">
         <f>'Custo do Curso'!H17</f>
         <v>0</v>
       </c>
       <c r="D38" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E38" s="175"/>
       <c r="F38" s="175"/>
       <c r="G38" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="H38" s="175"/>
       <c r="I38" s="175"/>
       <c r="J38" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="K38" s="175"/>
       <c r="L38" s="175"/>
       <c r="M38" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="N38" s="175"/>
@@ -10553,52 +10553,52 @@
       </c>
       <c r="W38" s="175"/>
       <c r="X38" s="175"/>
       <c r="Y38" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="Z38" s="175"/>
       <c r="AA38" s="175"/>
       <c r="AB38" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="AC38" s="175"/>
       <c r="AD38" s="175"/>
       <c r="AE38" s="175"/>
       <c r="AF38" s="175"/>
       <c r="AG38" s="175"/>
       <c r="AH38" s="175"/>
       <c r="AI38" s="49">
         <f t="shared" si="71"/>
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B39" s="286"/>
-      <c r="C39" s="288"/>
+      <c r="B39" s="287"/>
+      <c r="C39" s="289"/>
       <c r="D39" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E39" s="51">
         <f>E38*$C$38</f>
         <v>0</v>
       </c>
       <c r="F39" s="51">
         <f t="shared" ref="F39:AA39" si="76">F38*$C$38</f>
         <v>0</v>
       </c>
       <c r="G39" s="51">
         <f t="shared" si="76"/>
         <v>0</v>
       </c>
       <c r="H39" s="51">
         <f t="shared" si="76"/>
         <v>0</v>
       </c>
       <c r="I39" s="51">
         <f t="shared" si="76"/>
         <v>0</v>
       </c>
       <c r="J39" s="51">
         <f t="shared" si="76"/>
@@ -10684,54 +10684,54 @@
         <f t="shared" si="78"/>
         <v>0</v>
       </c>
       <c r="AE39" s="51">
         <f t="shared" ref="AE39:AH39" si="79">AE38*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF39" s="51">
         <f t="shared" si="79"/>
         <v>0</v>
       </c>
       <c r="AG39" s="51">
         <f t="shared" si="79"/>
         <v>0</v>
       </c>
       <c r="AH39" s="51">
         <f t="shared" si="79"/>
         <v>0</v>
       </c>
       <c r="AI39" s="51">
         <f t="shared" si="71"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B40" s="285" t="s">
+      <c r="B40" s="286" t="s">
         <v>372</v>
       </c>
-      <c r="C40" s="287">
+      <c r="C40" s="288">
         <f>'Custo do Curso'!H32</f>
         <v>0</v>
       </c>
       <c r="D40" s="48" t="s">
         <v>119</v>
       </c>
       <c r="E40" s="175"/>
       <c r="F40" s="175"/>
       <c r="G40" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="H40" s="175"/>
       <c r="I40" s="175"/>
       <c r="J40" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="K40" s="175"/>
       <c r="L40" s="175"/>
       <c r="M40" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="N40" s="175"/>
@@ -10754,52 +10754,52 @@
       </c>
       <c r="W40" s="175"/>
       <c r="X40" s="175"/>
       <c r="Y40" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="Z40" s="175"/>
       <c r="AA40" s="175"/>
       <c r="AB40" s="175">
         <f>1/8</f>
         <v>0.125</v>
       </c>
       <c r="AC40" s="175"/>
       <c r="AD40" s="175"/>
       <c r="AE40" s="175"/>
       <c r="AF40" s="175"/>
       <c r="AG40" s="175"/>
       <c r="AH40" s="175"/>
       <c r="AI40" s="49">
         <f t="shared" si="66"/>
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:110" x14ac:dyDescent="0.25">
-      <c r="B41" s="286"/>
-      <c r="C41" s="288"/>
+      <c r="B41" s="287"/>
+      <c r="C41" s="289"/>
       <c r="D41" s="50" t="s">
         <v>120</v>
       </c>
       <c r="E41" s="51">
         <f>E40*$C$40</f>
         <v>0</v>
       </c>
       <c r="F41" s="51">
         <f t="shared" ref="F41:AA41" si="80">F40*$C$40</f>
         <v>0</v>
       </c>
       <c r="G41" s="51">
         <f t="shared" si="80"/>
         <v>0</v>
       </c>
       <c r="H41" s="51">
         <f t="shared" si="80"/>
         <v>0</v>
       </c>
       <c r="I41" s="51">
         <f t="shared" si="80"/>
         <v>0</v>
       </c>
       <c r="J41" s="51">
         <f t="shared" si="80"/>
@@ -10889,51 +10889,51 @@
         <f t="shared" ref="AE41:AH41" si="83">AE40*$C$6</f>
         <v>0</v>
       </c>
       <c r="AF41" s="51">
         <f t="shared" si="83"/>
         <v>0</v>
       </c>
       <c r="AG41" s="51">
         <f t="shared" si="83"/>
         <v>0</v>
       </c>
       <c r="AH41" s="51">
         <f t="shared" si="83"/>
         <v>0</v>
       </c>
       <c r="AI41" s="51">
         <f t="shared" si="66"/>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:110" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A42" s="53"/>
       <c r="B42" s="54"/>
       <c r="C42" s="55">
         <f>SUM(C6:C41)</f>
-        <v>0</v>
+        <v>199</v>
       </c>
       <c r="D42" s="56" t="s">
         <v>120</v>
       </c>
       <c r="E42" s="57" t="e">
         <f t="shared" ref="E42:AI42" si="84">E7+E9+E11+E13+E15+E17+E19+E21+E23+E25+E27+E29+E31+E33+E35+E37+E39+E41</f>
         <v>#DIV/0!</v>
       </c>
       <c r="F42" s="57" t="e">
         <f t="shared" si="84"/>
         <v>#DIV/0!</v>
       </c>
       <c r="G42" s="57" t="e">
         <f t="shared" si="84"/>
         <v>#DIV/0!</v>
       </c>
       <c r="H42" s="57" t="e">
         <f t="shared" si="84"/>
         <v>#DIV/0!</v>
       </c>
       <c r="I42" s="57" t="e">
         <f t="shared" si="84"/>
         <v>#DIV/0!</v>
       </c>
       <c r="J42" s="57" t="e">
@@ -11543,83 +11543,83 @@
   <pageMargins left="0.51180555555555496" right="0.51180555555555496" top="0.78749999999999998" bottom="0.78749999999999998" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" scale="52" firstPageNumber="0" fitToWidth="2" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9CFFF841-3E0E-1447-BD42-503E2863009D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="50.85546875" customWidth="1"/>
     <col min="2" max="2" width="20.85546875" customWidth="1"/>
     <col min="3" max="4" width="12.85546875" customWidth="1"/>
     <col min="5" max="5" width="20.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="241" t="s">
+      <c r="A1" s="242" t="s">
         <v>394</v>
       </c>
-      <c r="B1" s="241"/>
-[...2 lines deleted...]
-      <c r="E1" s="241"/>
+      <c r="B1" s="242"/>
+      <c r="C1" s="242"/>
+      <c r="D1" s="242"/>
+      <c r="E1" s="242"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A2" s="245" t="str">
+      <c r="A2" s="246" t="str">
         <f>'Custo do Curso'!B5</f>
         <v>Nome Projeto</v>
       </c>
-      <c r="B2" s="246"/>
-[...2 lines deleted...]
-      <c r="E2" s="247"/>
+      <c r="B2" s="247"/>
+      <c r="C2" s="247"/>
+      <c r="D2" s="247"/>
+      <c r="E2" s="248"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="108"/>
       <c r="B3" s="109"/>
       <c r="C3" s="109"/>
       <c r="D3" s="109"/>
       <c r="E3" s="110"/>
     </row>
     <row r="4" spans="1:5" ht="18" x14ac:dyDescent="0.25">
-      <c r="A4" s="252" t="s">
+      <c r="A4" s="253" t="s">
         <v>403</v>
       </c>
-      <c r="B4" s="252"/>
-[...2 lines deleted...]
-      <c r="E4" s="252"/>
+      <c r="B4" s="253"/>
+      <c r="C4" s="253"/>
+      <c r="D4" s="253"/>
+      <c r="E4" s="253"/>
     </row>
     <row r="5" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A5" s="29" t="s">
         <v>382</v>
       </c>
       <c r="B5" s="30" t="s">
         <v>383</v>
       </c>
       <c r="C5" s="29" t="s">
         <v>384</v>
       </c>
       <c r="D5" s="30" t="s">
         <v>385</v>
       </c>
       <c r="E5" s="30" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="31" t="s">
         <v>387</v>
       </c>
       <c r="B6" s="177">
         <v>99999999999</v>
       </c>
@@ -11740,130 +11740,130 @@
       <c r="B14" s="177"/>
       <c r="C14" s="31"/>
       <c r="D14" s="145" t="str">
         <f>IFERROR(VLOOKUP(B14,Servidores!$A$21:$C$30,3,0),"")</f>
         <v/>
       </c>
       <c r="E14" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="31"/>
       <c r="B15" s="177"/>
       <c r="C15" s="31"/>
       <c r="D15" s="145" t="str">
         <f>IFERROR(VLOOKUP(B15,Servidores!$A$21:$C$30,3,0),"")</f>
         <v/>
       </c>
       <c r="E15" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A16" s="244" t="s">
+      <c r="A16" s="245" t="s">
         <v>68</v>
       </c>
-      <c r="B16" s="244"/>
-[...1 lines deleted...]
-      <c r="D16" s="244"/>
+      <c r="B16" s="245"/>
+      <c r="C16" s="245"/>
+      <c r="D16" s="245"/>
       <c r="E16" s="38">
         <f>SUM(E6:E15)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="4">
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A16:D16"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" scale="73" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" xr:uid="{FA5ACF70-F0A7-D54F-BB19-C2DD50BEAC66}">
           <x14:formula1>
             <xm:f>Servidores!$A$21:$A$31</xm:f>
           </x14:formula1>
           <xm:sqref>B11:B15</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FF6393B9-6B9F-E345-8B4C-5A2C2A2C92B2}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="50.85546875" customWidth="1"/>
     <col min="2" max="2" width="100.85546875" customWidth="1"/>
     <col min="3" max="3" width="20.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="241" t="s">
+      <c r="A1" s="242" t="s">
         <v>399</v>
       </c>
-      <c r="B1" s="241"/>
-      <c r="C1" s="241"/>
+      <c r="B1" s="242"/>
+      <c r="C1" s="242"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A2" s="245" t="str">
+      <c r="A2" s="246" t="str">
         <f>'Custo do Curso'!B5</f>
         <v>Nome Projeto</v>
       </c>
-      <c r="B2" s="246"/>
-      <c r="C2" s="247"/>
+      <c r="B2" s="247"/>
+      <c r="C2" s="248"/>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="108"/>
       <c r="B3" s="109"/>
       <c r="C3" s="110"/>
     </row>
     <row r="4" spans="1:3" ht="18" x14ac:dyDescent="0.25">
-      <c r="A4" s="252" t="s">
+      <c r="A4" s="253" t="s">
         <v>396</v>
       </c>
-      <c r="B4" s="252"/>
-      <c r="C4" s="252"/>
+      <c r="B4" s="253"/>
+      <c r="C4" s="253"/>
     </row>
     <row r="5" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="29" t="s">
         <v>395</v>
       </c>
       <c r="B5" s="30" t="s">
         <v>112</v>
       </c>
       <c r="C5" s="30" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="31" t="s">
         <v>398</v>
       </c>
       <c r="B6" s="31" t="s">
         <v>248</v>
       </c>
       <c r="C6" s="39">
         <f>IFERROR(#REF!*#REF!,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
@@ -11929,106 +11929,106 @@
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="31"/>
       <c r="B13" s="31"/>
       <c r="C13" s="39">
         <f>IFERROR(#REF!*#REF!,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" s="31"/>
       <c r="B14" s="31"/>
       <c r="C14" s="39">
         <f>IFERROR(#REF!*#REF!,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="31"/>
       <c r="B15" s="31"/>
       <c r="C15" s="39">
         <f>IFERROR(#REF!*#REF!,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A16" s="244" t="s">
+      <c r="A16" s="245" t="s">
         <v>68</v>
       </c>
-      <c r="B16" s="244"/>
+      <c r="B16" s="245"/>
       <c r="C16" s="38">
         <f>SUM(C6:C15)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="4">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="A16:B16"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" scale="54" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AML17"/>
   <sheetViews>
     <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="23.25" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="60" customWidth="1"/>
     <col min="2" max="2" width="46.85546875" style="60" customWidth="1"/>
     <col min="3" max="3" width="31.140625" style="60" customWidth="1"/>
     <col min="4" max="4" width="9.140625" style="60" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" style="60" customWidth="1"/>
     <col min="6" max="6" width="20.85546875" style="60" customWidth="1"/>
     <col min="7" max="15" width="9.140625" style="60" customWidth="1"/>
     <col min="16" max="16" width="9.140625" style="61" customWidth="1"/>
     <col min="17" max="1026" width="9.140625" style="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:6" x14ac:dyDescent="0.35">
-      <c r="B1" s="291" t="s">
+      <c r="B1" s="292" t="s">
         <v>393</v>
       </c>
-      <c r="C1" s="291"/>
+      <c r="C1" s="292"/>
     </row>
     <row r="2" spans="2:6" x14ac:dyDescent="0.35">
-      <c r="B2" s="291" t="str">
+      <c r="B2" s="292" t="str">
         <f>'Custo do Curso'!B5</f>
         <v>Nome Projeto</v>
       </c>
-      <c r="C2" s="291"/>
+      <c r="C2" s="292"/>
     </row>
     <row r="3" spans="2:6" x14ac:dyDescent="0.35">
       <c r="E3" s="14" t="s">
         <v>234</v>
       </c>
       <c r="F3" s="105">
         <v>180</v>
       </c>
     </row>
     <row r="4" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B4" s="100" t="s">
         <v>132</v>
       </c>
       <c r="C4" s="100" t="s">
         <v>133</v>
       </c>
       <c r="D4" s="101"/>
       <c r="E4" s="101" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="5" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B5" s="102" t="s">
         <v>134</v>
       </c>
@@ -12103,54 +12103,54 @@
         <v>138</v>
       </c>
       <c r="C10" s="182">
         <v>1168.1199999999999</v>
       </c>
       <c r="D10" s="101"/>
       <c r="E10" s="101" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="11" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B11" s="101"/>
       <c r="C11" s="101"/>
       <c r="D11" s="101"/>
       <c r="E11" s="183" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="12" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B12" s="101"/>
       <c r="C12" s="101"/>
       <c r="D12" s="101"/>
       <c r="E12" s="101"/>
     </row>
     <row r="13" spans="2:6" x14ac:dyDescent="0.35">
-      <c r="B13" s="290" t="s">
+      <c r="B13" s="291" t="s">
         <v>235</v>
       </c>
-      <c r="C13" s="290"/>
+      <c r="C13" s="291"/>
       <c r="D13" s="101"/>
       <c r="E13" s="101"/>
     </row>
     <row r="14" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B14" s="113" t="s">
         <v>139</v>
       </c>
       <c r="C14" s="113" t="s">
         <v>140</v>
       </c>
       <c r="D14" s="101"/>
       <c r="E14" s="101"/>
     </row>
     <row r="15" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B15" s="102" t="s">
         <v>141</v>
       </c>
       <c r="C15" s="103">
         <v>787.98</v>
       </c>
       <c r="D15" s="101"/>
       <c r="E15" s="101"/>
     </row>
     <row r="16" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B16" s="102" t="s">
@@ -12182,63 +12182,63 @@
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" location="art39" xr:uid="{431CD482-FDF1-4A5B-ABC8-9A0956D79798}"/>
   </hyperlinks>
   <pageMargins left="0.51180555555555496" right="0.51180555555555496" top="0.78749999999999998" bottom="0.78749999999999998" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F212343-9E43-1248-B3B3-7A3BDD4C385E}">
   <dimension ref="B1:D53"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" customWidth="1"/>
     <col min="2" max="2" width="10.85546875" style="96"/>
     <col min="3" max="3" width="60.85546875" customWidth="1"/>
     <col min="4" max="4" width="100.85546875" style="85" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B1" s="292" t="s">
+      <c r="B1" s="293" t="s">
         <v>391</v>
       </c>
-      <c r="C1" s="292"/>
-      <c r="D1" s="292"/>
+      <c r="C1" s="293"/>
+      <c r="D1" s="293"/>
     </row>
     <row r="2" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B2" s="292" t="str">
+      <c r="B2" s="293" t="str">
         <f>'Custo do Curso'!B5</f>
         <v>Nome Projeto</v>
       </c>
-      <c r="C2" s="292"/>
-      <c r="D2" s="292"/>
+      <c r="C2" s="293"/>
+      <c r="D2" s="293"/>
     </row>
     <row r="4" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B4" s="75" t="s">
         <v>227</v>
       </c>
       <c r="C4" s="97" t="s">
         <v>228</v>
       </c>
       <c r="D4" s="98" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="5" spans="2:4" ht="42.75" x14ac:dyDescent="0.25">
       <c r="B5" s="76">
         <v>2</v>
       </c>
       <c r="C5" s="84" t="s">
         <v>264</v>
       </c>
       <c r="D5" s="99" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="6" spans="2:4" ht="99.75" x14ac:dyDescent="0.25">
       <c r="B6" s="76">
@@ -12776,69 +12776,69 @@
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" scale="50" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:AMK30"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B4" sqref="B4:C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="42" customWidth="1"/>
     <col min="2" max="2" width="12" style="42" customWidth="1"/>
     <col min="3" max="3" width="43.7109375" style="42" customWidth="1"/>
     <col min="4" max="4" width="100.85546875" style="42" customWidth="1"/>
     <col min="5" max="1025" width="9.140625" style="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B1" s="294" t="s">
+      <c r="B1" s="295" t="s">
         <v>392</v>
       </c>
-      <c r="C1" s="294"/>
-      <c r="D1" s="294"/>
+      <c r="C1" s="295"/>
+      <c r="D1" s="295"/>
     </row>
     <row r="2" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B2" s="294" t="str">
+      <c r="B2" s="295" t="str">
         <f>'Custo do Curso'!B5</f>
         <v>Nome Projeto</v>
       </c>
-      <c r="C2" s="294"/>
-      <c r="D2" s="294"/>
+      <c r="C2" s="295"/>
+      <c r="D2" s="295"/>
     </row>
     <row r="4" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B4" s="293" t="s">
+      <c r="B4" s="294" t="s">
         <v>16</v>
       </c>
-      <c r="C4" s="293"/>
+      <c r="C4" s="294"/>
       <c r="D4" s="114" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="5" spans="2:4" ht="85.5" x14ac:dyDescent="0.25">
       <c r="B5" s="62" t="s">
         <v>145</v>
       </c>
       <c r="C5" s="95" t="s">
         <v>146</v>
       </c>
       <c r="D5" s="63" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="6" spans="2:4" ht="71.25" x14ac:dyDescent="0.25">
       <c r="B6" s="62" t="s">
         <v>148</v>
       </c>
       <c r="C6" s="95" t="s">
         <v>149</v>
       </c>
       <c r="D6" s="63" t="s">
         <v>150</v>
       </c>
@@ -12920,73 +12920,73 @@
         <v>171</v>
       </c>
     </row>
     <row r="14" spans="2:4" ht="85.5" x14ac:dyDescent="0.25">
       <c r="B14" s="62" t="s">
         <v>172</v>
       </c>
       <c r="C14" s="95" t="s">
         <v>173</v>
       </c>
       <c r="D14" s="63" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="15" spans="2:4" ht="99.75" x14ac:dyDescent="0.25">
       <c r="B15" s="62" t="s">
         <v>175</v>
       </c>
       <c r="C15" s="95" t="s">
         <v>176</v>
       </c>
       <c r="D15" s="63" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="16" spans="2:4" ht="114" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:4" ht="128.25" x14ac:dyDescent="0.25">
       <c r="B16" s="62" t="s">
         <v>178</v>
       </c>
       <c r="C16" s="95" t="s">
         <v>179</v>
       </c>
       <c r="D16" s="63" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="17" spans="2:4" ht="85.5" x14ac:dyDescent="0.25">
       <c r="B17" s="62" t="s">
         <v>181</v>
       </c>
       <c r="C17" s="95" t="s">
         <v>182</v>
       </c>
       <c r="D17" s="63" t="s">
         <v>183</v>
       </c>
     </row>
-    <row r="18" spans="2:4" ht="85.5" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:4" ht="99.75" x14ac:dyDescent="0.25">
       <c r="B18" s="62" t="s">
         <v>184</v>
       </c>
       <c r="C18" s="95" t="s">
         <v>185</v>
       </c>
       <c r="D18" s="63" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="19" spans="2:4" ht="71.25" x14ac:dyDescent="0.25">
       <c r="B19" s="62" t="s">
         <v>187</v>
       </c>
       <c r="C19" s="95" t="s">
         <v>188</v>
       </c>
       <c r="D19" s="63" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="20" spans="2:4" ht="57" x14ac:dyDescent="0.25">
       <c r="B20" s="62" t="s">
         <v>190</v>
       </c>
@@ -13008,51 +13008,51 @@
         <v>195</v>
       </c>
     </row>
     <row r="22" spans="2:4" ht="71.25" x14ac:dyDescent="0.25">
       <c r="B22" s="62" t="s">
         <v>196</v>
       </c>
       <c r="C22" s="95" t="s">
         <v>197</v>
       </c>
       <c r="D22" s="63" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="23" spans="2:4" ht="42.75" x14ac:dyDescent="0.25">
       <c r="B23" s="62" t="s">
         <v>199</v>
       </c>
       <c r="C23" s="95" t="s">
         <v>200</v>
       </c>
       <c r="D23" s="63" t="s">
         <v>201</v>
       </c>
     </row>
-    <row r="24" spans="2:4" ht="99.75" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:4" ht="114" x14ac:dyDescent="0.25">
       <c r="B24" s="62" t="s">
         <v>202</v>
       </c>
       <c r="C24" s="95" t="s">
         <v>203</v>
       </c>
       <c r="D24" s="63" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="25" spans="2:4" ht="42.75" x14ac:dyDescent="0.25">
       <c r="B25" s="62" t="s">
         <v>205</v>
       </c>
       <c r="C25" s="95" t="s">
         <v>206</v>
       </c>
       <c r="D25" s="63" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="26" spans="2:4" ht="28.5" x14ac:dyDescent="0.25">
       <c r="B26" s="62" t="s">
         <v>208</v>
       </c>
@@ -13104,154 +13104,154 @@
         <v>415</v>
       </c>
       <c r="D30" s="63" t="s">
         <v>416</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="3">
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
   </mergeCells>
   <pageMargins left="0.51180555555555496" right="0.51180555555555496" top="0.78749999999999998" bottom="0.78749999999999998" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" scale="50" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:AML30"/>
   <sheetViews>
-    <sheetView topLeftCell="A10" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+    <sheetView topLeftCell="A25" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <selection activeCell="E18" sqref="E18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="58.28515625" style="2" customWidth="1"/>
     <col min="2" max="2" width="48.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="14.85546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="14.140625" style="2" customWidth="1"/>
     <col min="5" max="5" width="17.85546875" style="139" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" style="2" customWidth="1"/>
     <col min="7" max="7" width="109.7109375" style="2" customWidth="1"/>
     <col min="8" max="12" width="12.42578125" style="124" customWidth="1"/>
     <col min="13" max="13" width="9.7109375" style="124" customWidth="1"/>
     <col min="14" max="18" width="12.42578125" style="124" customWidth="1"/>
     <col min="19" max="257" width="12.42578125" style="125" customWidth="1"/>
     <col min="258" max="258" width="30.85546875" style="125" customWidth="1"/>
     <col min="259" max="259" width="12.85546875" style="125" customWidth="1"/>
     <col min="260" max="260" width="68.42578125" style="125" customWidth="1"/>
     <col min="261" max="261" width="18.42578125" style="125" customWidth="1"/>
     <col min="262" max="262" width="7.42578125" style="125" customWidth="1"/>
     <col min="263" max="263" width="17.42578125" style="125" customWidth="1"/>
     <col min="264" max="264" width="16.42578125" style="125" customWidth="1"/>
     <col min="265" max="513" width="12.42578125" style="125" customWidth="1"/>
     <col min="514" max="514" width="30.85546875" style="125" customWidth="1"/>
     <col min="515" max="515" width="12.85546875" style="125" customWidth="1"/>
     <col min="516" max="516" width="68.42578125" style="125" customWidth="1"/>
     <col min="517" max="517" width="18.42578125" style="125" customWidth="1"/>
     <col min="518" max="518" width="7.42578125" style="125" customWidth="1"/>
     <col min="519" max="519" width="17.42578125" style="125" customWidth="1"/>
     <col min="520" max="520" width="16.42578125" style="125" customWidth="1"/>
     <col min="521" max="769" width="12.42578125" style="125" customWidth="1"/>
     <col min="770" max="770" width="30.85546875" style="125" customWidth="1"/>
     <col min="771" max="771" width="12.85546875" style="125" customWidth="1"/>
     <col min="772" max="772" width="68.42578125" style="125" customWidth="1"/>
     <col min="773" max="773" width="18.42578125" style="125" customWidth="1"/>
     <col min="774" max="774" width="7.42578125" style="125" customWidth="1"/>
     <col min="775" max="775" width="17.42578125" style="125" customWidth="1"/>
     <col min="776" max="776" width="16.42578125" style="125" customWidth="1"/>
     <col min="777" max="1026" width="12.42578125" style="125" customWidth="1"/>
     <col min="1027" max="16384" width="8.85546875" style="126"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:18" s="123" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="241" t="s">
+      <c r="A2" s="242" t="s">
         <v>443</v>
       </c>
-      <c r="B2" s="241"/>
-[...2 lines deleted...]
-      <c r="E2" s="241"/>
+      <c r="B2" s="242"/>
+      <c r="C2" s="242"/>
+      <c r="D2" s="242"/>
+      <c r="E2" s="242"/>
       <c r="F2" s="28"/>
       <c r="G2" s="28"/>
       <c r="H2" s="122"/>
       <c r="I2" s="122"/>
       <c r="J2" s="122"/>
       <c r="K2" s="122"/>
       <c r="L2" s="122"/>
       <c r="M2" s="122"/>
       <c r="N2" s="122"/>
       <c r="O2" s="122"/>
       <c r="P2" s="122"/>
       <c r="Q2" s="122"/>
       <c r="R2" s="122"/>
     </row>
     <row r="3" spans="1:18" s="123" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="245" t="str">
+      <c r="A3" s="246" t="str">
         <f>'Custo do Curso'!B5</f>
         <v>Nome Projeto</v>
       </c>
-      <c r="B3" s="246"/>
-[...2 lines deleted...]
-      <c r="E3" s="247"/>
+      <c r="B3" s="247"/>
+      <c r="C3" s="247"/>
+      <c r="D3" s="247"/>
+      <c r="E3" s="248"/>
       <c r="F3" s="28"/>
       <c r="G3" s="28"/>
       <c r="H3" s="122"/>
       <c r="I3" s="122"/>
       <c r="J3" s="122"/>
       <c r="K3" s="122"/>
       <c r="L3" s="122"/>
       <c r="M3" s="122"/>
       <c r="N3" s="122"/>
       <c r="O3" s="122"/>
       <c r="P3" s="122"/>
       <c r="Q3" s="122"/>
       <c r="R3" s="122"/>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.25">
-      <c r="A4" s="242"/>
-[...3 lines deleted...]
-      <c r="E4" s="242"/>
+      <c r="A4" s="243"/>
+      <c r="B4" s="243"/>
+      <c r="C4" s="243"/>
+      <c r="D4" s="243"/>
+      <c r="E4" s="243"/>
     </row>
     <row r="5" spans="1:18" s="123" customFormat="1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A5" s="243" t="s">
+      <c r="A5" s="244" t="s">
         <v>47</v>
       </c>
-      <c r="B5" s="243"/>
-[...2 lines deleted...]
-      <c r="E5" s="243"/>
+      <c r="B5" s="244"/>
+      <c r="C5" s="244"/>
+      <c r="D5" s="244"/>
+      <c r="E5" s="244"/>
       <c r="F5" s="28"/>
       <c r="G5" s="28"/>
       <c r="H5" s="122"/>
       <c r="I5" s="122"/>
       <c r="J5" s="122"/>
       <c r="K5" s="122"/>
       <c r="L5" s="122"/>
       <c r="M5" s="122"/>
       <c r="N5" s="122"/>
       <c r="O5" s="122"/>
       <c r="P5" s="122"/>
       <c r="Q5" s="122"/>
       <c r="R5" s="122"/>
     </row>
     <row r="6" spans="1:18" s="129" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A6" s="29" t="s">
         <v>48</v>
       </c>
       <c r="B6" s="29" t="s">
         <v>49</v>
       </c>
       <c r="C6" s="30" t="s">
         <v>50</v>
       </c>
       <c r="D6" s="127" t="s">
@@ -13940,56 +13940,56 @@
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="N17" s="124">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="O17" s="124">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="P17" s="124">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="Q17" s="124">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="R17" s="124" t="e">
         <f>IF(OR(B17=#REF!),E17,0)</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="18" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A18" s="244" t="s">
+      <c r="A18" s="245" t="s">
         <v>68</v>
       </c>
-      <c r="B18" s="244"/>
-[...1 lines deleted...]
-      <c r="D18" s="244"/>
+      <c r="B18" s="245"/>
+      <c r="C18" s="245"/>
+      <c r="D18" s="245"/>
       <c r="E18" s="138">
         <f>SUM(E7:E17)</f>
         <v>0</v>
       </c>
       <c r="G18" s="137"/>
       <c r="H18" s="124">
         <f t="shared" ref="H18:R18" si="13">SUM(H7:H17)</f>
         <v>0</v>
       </c>
       <c r="I18" s="124">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J18" s="124">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="K18" s="124">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="L18" s="124">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
@@ -14021,220 +14021,220 @@
         <f>SUM(H18:R18)</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="19" spans="1:19" x14ac:dyDescent="0.25">
       <c r="G19" s="137"/>
       <c r="H19" s="140"/>
       <c r="I19" s="140"/>
       <c r="J19" s="140"/>
       <c r="K19" s="140"/>
       <c r="L19" s="140"/>
       <c r="M19" s="140"/>
       <c r="N19" s="140"/>
       <c r="O19" s="140"/>
       <c r="P19" s="140"/>
       <c r="Q19" s="140"/>
       <c r="R19" s="140"/>
     </row>
     <row r="20" spans="1:19" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="141" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="141" t="s">
         <v>405</v>
       </c>
-      <c r="C20" s="249" t="s">
+      <c r="C20" s="250" t="s">
         <v>406</v>
       </c>
-      <c r="D20" s="249"/>
+      <c r="D20" s="250"/>
       <c r="G20" s="137"/>
       <c r="I20" s="140"/>
       <c r="J20" s="140"/>
       <c r="K20" s="140"/>
       <c r="L20" s="140"/>
       <c r="M20" s="140"/>
       <c r="N20" s="140"/>
       <c r="O20" s="140"/>
       <c r="P20" s="140"/>
       <c r="Q20" s="140"/>
       <c r="R20" s="140"/>
     </row>
     <row r="21" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="33" t="s">
         <v>421</v>
       </c>
       <c r="B21" s="142">
         <f>4*'Valores Referenciais'!C5</f>
         <v>551.19999999999993</v>
       </c>
-      <c r="C21" s="248"/>
-      <c r="D21" s="248"/>
+      <c r="C21" s="249"/>
+      <c r="D21" s="249"/>
       <c r="E21" s="77"/>
       <c r="G21" s="137"/>
       <c r="I21" s="140"/>
       <c r="J21" s="140"/>
       <c r="K21" s="140"/>
       <c r="L21" s="140"/>
       <c r="M21" s="140"/>
       <c r="N21" s="140"/>
       <c r="O21" s="140"/>
       <c r="P21" s="140"/>
       <c r="Q21" s="140"/>
       <c r="R21" s="140"/>
     </row>
     <row r="22" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A22" s="33" t="s">
         <v>422</v>
       </c>
       <c r="B22" s="142">
         <f>4*'Valores Referenciais'!C6</f>
         <v>248.07999999999998</v>
       </c>
-      <c r="C22" s="250"/>
-      <c r="D22" s="251"/>
+      <c r="C22" s="251"/>
+      <c r="D22" s="252"/>
       <c r="G22" s="137"/>
       <c r="I22" s="140"/>
       <c r="J22" s="140"/>
       <c r="K22" s="140"/>
       <c r="L22" s="140"/>
       <c r="M22" s="140"/>
       <c r="N22" s="140"/>
       <c r="O22" s="140"/>
       <c r="P22" s="140"/>
       <c r="Q22" s="140"/>
       <c r="R22" s="140"/>
     </row>
     <row r="23" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A23" s="33" t="s">
         <v>423</v>
       </c>
       <c r="B23" s="142">
         <f>4*'Valores Referenciais'!C7</f>
         <v>164.84</v>
       </c>
-      <c r="C23" s="248"/>
-      <c r="D23" s="248"/>
+      <c r="C23" s="249"/>
+      <c r="D23" s="249"/>
       <c r="G23" s="137"/>
       <c r="I23" s="140"/>
       <c r="J23" s="140"/>
       <c r="K23" s="140"/>
       <c r="L23" s="140"/>
       <c r="M23" s="140"/>
       <c r="N23" s="140"/>
       <c r="O23" s="140"/>
       <c r="P23" s="140"/>
       <c r="Q23" s="140"/>
       <c r="R23" s="140"/>
     </row>
     <row r="24" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A24" s="33" t="s">
         <v>445</v>
       </c>
       <c r="B24" s="142">
         <f>4*'Valores Referenciais'!C8</f>
         <v>151.12</v>
       </c>
-      <c r="C24" s="248"/>
-      <c r="D24" s="248"/>
+      <c r="C24" s="249"/>
+      <c r="D24" s="249"/>
       <c r="G24" s="137"/>
       <c r="I24" s="140"/>
       <c r="J24" s="140"/>
       <c r="K24" s="140"/>
       <c r="L24" s="140"/>
       <c r="M24" s="140"/>
       <c r="N24" s="140"/>
       <c r="O24" s="140"/>
       <c r="P24" s="140"/>
       <c r="Q24" s="140"/>
       <c r="R24" s="140"/>
     </row>
     <row r="25" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A25" s="33" t="s">
         <v>424</v>
       </c>
       <c r="B25" s="142">
         <f>'Valores Referenciais'!C10</f>
         <v>1168.1199999999999</v>
       </c>
-      <c r="C25" s="248"/>
-      <c r="D25" s="248"/>
+      <c r="C25" s="249"/>
+      <c r="D25" s="249"/>
     </row>
     <row r="26" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A26" s="33" t="s">
         <v>425</v>
       </c>
       <c r="B26" s="142">
         <f>'Valores Referenciais'!C10</f>
         <v>1168.1199999999999</v>
       </c>
-      <c r="C26" s="248"/>
-      <c r="D26" s="248"/>
+      <c r="C26" s="249"/>
+      <c r="D26" s="249"/>
     </row>
     <row r="27" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A27" s="33" t="s">
         <v>426</v>
       </c>
       <c r="B27" s="142">
         <f>'Valores Referenciais'!C10</f>
         <v>1168.1199999999999</v>
       </c>
-      <c r="C27" s="248"/>
-      <c r="D27" s="248"/>
+      <c r="C27" s="249"/>
+      <c r="D27" s="249"/>
     </row>
     <row r="28" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A28" s="33" t="s">
         <v>427</v>
       </c>
       <c r="B28" s="142">
         <f>4*'Valores Referenciais'!C5</f>
         <v>551.19999999999993</v>
       </c>
-      <c r="C28" s="248"/>
-      <c r="D28" s="248"/>
+      <c r="C28" s="249"/>
+      <c r="D28" s="249"/>
     </row>
     <row r="29" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A29" s="33" t="s">
         <v>428</v>
       </c>
       <c r="B29" s="142">
         <f>3*'Valores Referenciais'!C5</f>
         <v>413.4</v>
       </c>
-      <c r="C29" s="248"/>
-      <c r="D29" s="248"/>
+      <c r="C29" s="249"/>
+      <c r="D29" s="249"/>
     </row>
     <row r="30" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A30" s="33" t="s">
         <v>429</v>
       </c>
       <c r="B30" s="142">
         <f>'Valores Referenciais'!C10</f>
         <v>1168.1199999999999</v>
       </c>
-      <c r="C30" s="248"/>
-      <c r="D30" s="248"/>
+      <c r="C30" s="249"/>
+      <c r="D30" s="249"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="Xvn+boRL6c7OmrO81N7YiAkLe8lhEsSg1pL5C5d0UXhxNrOs1WNCIcqNOyt9LDGUOJYK3CqE27s+5HfGctOhLw==" saltValue="yET+/N9toozZyAhzqqra5Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange sqref="C7:C17" name="Intervalo1"/>
   </protectedRanges>
   <mergeCells count="16">
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="C24:D24"/>
     <mergeCell ref="C30:D30"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="C26:D26"/>
     <mergeCell ref="C27:D27"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="C29:D29"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="A18:D18"/>
     <mergeCell ref="A3:E3"/>
   </mergeCells>
   <dataValidations count="3">
@@ -14242,127 +14242,127 @@
       <formula1>0</formula1>
       <formula2>B21</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B7" xr:uid="{BBC1CEE4-63CA-9441-91A6-CBB2786EA180}">
       <formula1>$A$21:$A$30</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B17" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>$A$21:$A$30</formula1>
       <formula2>0</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.51180555555555496" right="0.51180555555555496" top="0.78749999999999998" bottom="0.78749999999999998" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" scale="56" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <drawing r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AMK71"/>
   <sheetViews>
-    <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+    <sheetView topLeftCell="A6" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <selection activeCell="E26" sqref="E26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="53.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="19" style="2" customWidth="1"/>
     <col min="4" max="5" width="17.42578125" style="2" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" style="2" customWidth="1"/>
     <col min="7" max="256" width="12.42578125" style="2" customWidth="1"/>
     <col min="257" max="257" width="24.42578125" style="2" customWidth="1"/>
     <col min="258" max="258" width="13.85546875" style="2" customWidth="1"/>
     <col min="259" max="259" width="65.140625" style="2" customWidth="1"/>
     <col min="260" max="261" width="17.42578125" style="2" customWidth="1"/>
     <col min="262" max="262" width="16.42578125" style="2" customWidth="1"/>
     <col min="263" max="512" width="12.42578125" style="2" customWidth="1"/>
     <col min="513" max="513" width="24.42578125" style="2" customWidth="1"/>
     <col min="514" max="514" width="13.85546875" style="2" customWidth="1"/>
     <col min="515" max="515" width="65.140625" style="2" customWidth="1"/>
     <col min="516" max="517" width="17.42578125" style="2" customWidth="1"/>
     <col min="518" max="518" width="16.42578125" style="2" customWidth="1"/>
     <col min="519" max="768" width="12.42578125" style="2" customWidth="1"/>
     <col min="769" max="769" width="24.42578125" style="2" customWidth="1"/>
     <col min="770" max="770" width="13.85546875" style="2" customWidth="1"/>
     <col min="771" max="771" width="65.140625" style="2" customWidth="1"/>
     <col min="772" max="773" width="17.42578125" style="2" customWidth="1"/>
     <col min="774" max="774" width="16.42578125" style="2" customWidth="1"/>
     <col min="775" max="1025" width="12.42578125" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="34" t="s">
         <v>72</v>
       </c>
       <c r="C1" s="35"/>
       <c r="D1" s="35"/>
       <c r="E1" s="35"/>
       <c r="F1" s="35"/>
     </row>
     <row r="2" spans="1:6" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="241" t="s">
+      <c r="A2" s="242" t="s">
         <v>73</v>
       </c>
-      <c r="B2" s="241"/>
-[...2 lines deleted...]
-      <c r="E2" s="241"/>
+      <c r="B2" s="242"/>
+      <c r="C2" s="242"/>
+      <c r="D2" s="242"/>
+      <c r="E2" s="242"/>
       <c r="F2" s="35"/>
     </row>
     <row r="3" spans="1:6" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="245" t="str">
+      <c r="A3" s="246" t="str">
         <f>'Custo do Curso'!B5</f>
         <v>Nome Projeto</v>
       </c>
-      <c r="B3" s="246"/>
-[...2 lines deleted...]
-      <c r="E3" s="247"/>
+      <c r="B3" s="247"/>
+      <c r="C3" s="247"/>
+      <c r="D3" s="247"/>
+      <c r="E3" s="248"/>
       <c r="F3" s="143"/>
     </row>
     <row r="4" spans="1:6" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="253"/>
-[...3 lines deleted...]
-      <c r="E4" s="253"/>
+      <c r="A4" s="254"/>
+      <c r="B4" s="254"/>
+      <c r="C4" s="254"/>
+      <c r="D4" s="254"/>
+      <c r="E4" s="254"/>
     </row>
     <row r="5" spans="1:6" s="28" customFormat="1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A5" s="252" t="s">
+      <c r="A5" s="253" t="s">
         <v>74</v>
       </c>
-      <c r="B5" s="252"/>
-[...2 lines deleted...]
-      <c r="E5" s="252"/>
+      <c r="B5" s="253"/>
+      <c r="C5" s="253"/>
+      <c r="D5" s="253"/>
+      <c r="E5" s="253"/>
     </row>
     <row r="6" spans="1:6" s="28" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A6" s="29" t="s">
         <v>75</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>76</v>
       </c>
       <c r="C6" s="29" t="s">
         <v>77</v>
       </c>
       <c r="D6" s="30" t="s">
         <v>78</v>
       </c>
       <c r="E6" s="30" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A7" s="31" t="s">
         <v>242</v>
       </c>
       <c r="B7" s="36" t="s">
         <v>263</v>
       </c>
@@ -14556,69 +14556,69 @@
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="31"/>
       <c r="B24" s="36"/>
       <c r="C24" s="36"/>
       <c r="D24" s="36"/>
       <c r="E24" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="31"/>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="36"/>
       <c r="E25" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A26" s="244" t="s">
+      <c r="A26" s="245" t="s">
         <v>68</v>
       </c>
-      <c r="B26" s="244"/>
-[...1 lines deleted...]
-      <c r="D26" s="244"/>
+      <c r="B26" s="245"/>
+      <c r="C26" s="245"/>
+      <c r="D26" s="245"/>
       <c r="E26" s="144">
         <f>SUM(E7:E25)</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="18" x14ac:dyDescent="0.25">
-      <c r="A28" s="252" t="s">
+      <c r="A28" s="253" t="s">
         <v>79</v>
       </c>
-      <c r="B28" s="252"/>
-[...2 lines deleted...]
-      <c r="E28" s="252"/>
+      <c r="B28" s="253"/>
+      <c r="C28" s="253"/>
+      <c r="D28" s="253"/>
+      <c r="E28" s="253"/>
     </row>
     <row r="29" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A29" s="29" t="s">
         <v>75</v>
       </c>
       <c r="B29" s="30" t="s">
         <v>76</v>
       </c>
       <c r="C29" s="29" t="s">
         <v>77</v>
       </c>
       <c r="D29" s="30" t="s">
         <v>78</v>
       </c>
       <c r="E29" s="30" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="31" t="s">
         <v>54</v>
       </c>
       <c r="B30" s="31" t="s">
         <v>421</v>
       </c>
@@ -14891,69 +14891,69 @@
       <c r="B49" s="31"/>
       <c r="C49" s="31"/>
       <c r="D49" s="145" t="str">
         <f>IFERROR(VLOOKUP(B49,Servidores!$A$21:$C$30,3,0),"")</f>
         <v/>
       </c>
       <c r="E49" s="37">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="31"/>
       <c r="B50" s="31"/>
       <c r="C50" s="31"/>
       <c r="D50" s="145" t="str">
         <f>IFERROR(VLOOKUP(B50,Servidores!$A$21:$C$30,3,0),"")</f>
         <v/>
       </c>
       <c r="E50" s="37">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A51" s="244" t="s">
+      <c r="A51" s="245" t="s">
         <v>68</v>
       </c>
-      <c r="B51" s="244"/>
-[...1 lines deleted...]
-      <c r="D51" s="244"/>
+      <c r="B51" s="245"/>
+      <c r="C51" s="245"/>
+      <c r="D51" s="245"/>
       <c r="E51" s="38">
         <f>SUM(E30:E50)</f>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="18" x14ac:dyDescent="0.25">
-      <c r="A53" s="252" t="s">
+      <c r="A53" s="253" t="s">
         <v>409</v>
       </c>
-      <c r="B53" s="252"/>
-[...2 lines deleted...]
-      <c r="E53" s="252"/>
+      <c r="B53" s="253"/>
+      <c r="C53" s="253"/>
+      <c r="D53" s="253"/>
+      <c r="E53" s="253"/>
     </row>
     <row r="54" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A54" s="29" t="s">
         <v>75</v>
       </c>
       <c r="B54" s="30" t="s">
         <v>76</v>
       </c>
       <c r="C54" s="29" t="s">
         <v>77</v>
       </c>
       <c r="D54" s="30" t="s">
         <v>78</v>
       </c>
       <c r="E54" s="30" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="31" t="s">
         <v>54</v>
       </c>
       <c r="B55" s="31" t="s">
         <v>421</v>
       </c>
@@ -15173,214 +15173,214 @@
       <c r="B69" s="31"/>
       <c r="C69" s="31"/>
       <c r="D69" s="145" t="str">
         <f>IFERROR(VLOOKUP(B69,Servidores!$A$21:$C$30,3,0),"")</f>
         <v/>
       </c>
       <c r="E69" s="37">
         <f t="shared" ref="E69:E70" si="6">IFERROR(C69*D69,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="31"/>
       <c r="B70" s="31"/>
       <c r="C70" s="31"/>
       <c r="D70" s="145" t="str">
         <f>IFERROR(VLOOKUP(B70,Servidores!$A$21:$C$30,3,0),"")</f>
         <v/>
       </c>
       <c r="E70" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A71" s="244" t="s">
+      <c r="A71" s="245" t="s">
         <v>68</v>
       </c>
-      <c r="B71" s="244"/>
-[...1 lines deleted...]
-      <c r="D71" s="244"/>
+      <c r="B71" s="245"/>
+      <c r="C71" s="245"/>
+      <c r="D71" s="245"/>
       <c r="E71" s="38">
         <f>SUM(E55:E70)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="N7O8mMOYVvHShzYREoW2kIucrFbqiaD83h53MLyeKoZQJYORia/jMYymLCBBtNGPG+wItfVT+n+aGfCKhlv3ww==" saltValue="cfuNwKQrxK7+oMWCSV8qUQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange sqref="A55:B70" name="Intervalo4"/>
     <protectedRange sqref="A7:C25" name="Intervalo1"/>
     <protectedRange sqref="C30:C50" name="Intervalo2"/>
     <protectedRange sqref="C55:C70" name="Intervalo3"/>
   </protectedRanges>
   <mergeCells count="9">
     <mergeCell ref="A71:D71"/>
     <mergeCell ref="A26:D26"/>
     <mergeCell ref="A28:E28"/>
     <mergeCell ref="A51:D51"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="A53:E53"/>
   </mergeCells>
   <pageMargins left="0.51180555555555496" right="0.51180555555555496" top="0.78749999999999998" bottom="0.78749999999999998" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" scale="59" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" xr:uid="{E629641A-F14D-B64F-ACBC-A63C3FFE006D}">
           <x14:formula1>
             <xm:f>Servidores!$A$21:$A$31</xm:f>
           </x14:formula1>
           <xm:sqref>B30:B50 B55:B70</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AMK34"/>
   <sheetViews>
-    <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="B14" sqref="B14"/>
+    <sheetView tabSelected="1" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
+      <selection activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="80.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="62.140625" style="2" customWidth="1"/>
     <col min="3" max="3" width="5.85546875" style="2" customWidth="1"/>
     <col min="4" max="5" width="17.42578125" style="2" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" style="2" customWidth="1"/>
     <col min="7" max="256" width="12.42578125" style="2" customWidth="1"/>
     <col min="257" max="257" width="24.42578125" style="2" customWidth="1"/>
     <col min="258" max="258" width="13.85546875" style="2" customWidth="1"/>
     <col min="259" max="259" width="65.140625" style="2" customWidth="1"/>
     <col min="260" max="261" width="17.42578125" style="2" customWidth="1"/>
     <col min="262" max="262" width="16.42578125" style="2" customWidth="1"/>
     <col min="263" max="512" width="12.42578125" style="2" customWidth="1"/>
     <col min="513" max="513" width="24.42578125" style="2" customWidth="1"/>
     <col min="514" max="514" width="13.85546875" style="2" customWidth="1"/>
     <col min="515" max="515" width="65.140625" style="2" customWidth="1"/>
     <col min="516" max="517" width="17.42578125" style="2" customWidth="1"/>
     <col min="518" max="518" width="16.42578125" style="2" customWidth="1"/>
     <col min="519" max="768" width="12.42578125" style="2" customWidth="1"/>
     <col min="769" max="769" width="24.42578125" style="2" customWidth="1"/>
     <col min="770" max="770" width="13.85546875" style="2" customWidth="1"/>
     <col min="771" max="771" width="65.140625" style="2" customWidth="1"/>
     <col min="772" max="773" width="17.42578125" style="2" customWidth="1"/>
     <col min="774" max="774" width="16.42578125" style="2" customWidth="1"/>
     <col min="775" max="1025" width="12.42578125" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="34" t="s">
         <v>72</v>
       </c>
       <c r="B1" s="35"/>
       <c r="C1" s="35"/>
     </row>
     <row r="2" spans="1:5" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="241" t="s">
+      <c r="A2" s="242" t="s">
         <v>80</v>
       </c>
-      <c r="B2" s="241"/>
+      <c r="B2" s="242"/>
       <c r="C2" s="35"/>
     </row>
     <row r="3" spans="1:5" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="245" t="str">
+      <c r="A3" s="246" t="str">
         <f>'Custo do Curso'!B5</f>
         <v>Nome Projeto</v>
       </c>
-      <c r="B3" s="247"/>
+      <c r="B3" s="248"/>
       <c r="C3" s="143"/>
     </row>
     <row r="4" spans="1:5" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="245"/>
-      <c r="B4" s="247"/>
+      <c r="A4" s="246"/>
+      <c r="B4" s="248"/>
     </row>
     <row r="5" spans="1:5" s="28" customFormat="1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A5" s="252" t="s">
+      <c r="A5" s="253" t="s">
         <v>81</v>
       </c>
-      <c r="B5" s="252"/>
+      <c r="B5" s="253"/>
     </row>
     <row r="6" spans="1:5" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="147" t="s">
         <v>82</v>
       </c>
       <c r="B6" s="148" t="s">
         <v>83</v>
       </c>
       <c r="D6" s="28" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="33" t="s">
         <v>253</v>
       </c>
-      <c r="B7" s="37">
-        <v>0</v>
+      <c r="B7" s="191">
+        <f>'Custo do Curso'!C40*('Custo do Curso'!B47+1)*D8+50*D9</f>
+        <v>199</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="33" t="s">
         <v>331</v>
       </c>
       <c r="B8" s="37">
-        <f>'Custo do Curso'!C38*'Serviços - PJ'!D10</f>
         <v>0</v>
       </c>
       <c r="D8" s="149">
-        <v>2.2599999999999998</v>
+        <v>2.61</v>
       </c>
       <c r="E8" s="150" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="31" t="s">
         <v>261</v>
       </c>
       <c r="B9" s="39">
         <v>0</v>
       </c>
       <c r="D9" s="151">
-        <v>3.18</v>
+        <v>3.98</v>
       </c>
       <c r="E9" s="152" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="31" t="s">
         <v>263</v>
       </c>
       <c r="B10" s="39">
         <v>0</v>
       </c>
       <c r="D10" s="178">
         <v>12.24</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="36" t="s">
         <v>373</v>
       </c>
       <c r="B11" s="39">
         <v>0</v>
@@ -15488,51 +15488,51 @@
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="31"/>
       <c r="B28" s="39">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="31"/>
       <c r="B29" s="39">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="31"/>
       <c r="B30" s="39">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="153" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="144">
         <f>SUM(B7:B30)</f>
-        <v>0</v>
+        <v>199</v>
       </c>
     </row>
     <row r="33" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B33" s="149"/>
     </row>
     <row r="34" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B34" s="151"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:B4"/>
   </mergeCells>
   <pageMargins left="0.51180555555555496" right="0.51180555555555496" top="0.78749999999999998" bottom="0.78749999999999998" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" scale="60" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
@@ -15559,380 +15559,380 @@
     <col min="263" max="512" width="12.42578125" style="2" customWidth="1"/>
     <col min="513" max="513" width="18.42578125" style="2" customWidth="1"/>
     <col min="514" max="514" width="13.85546875" style="2" customWidth="1"/>
     <col min="515" max="515" width="65.140625" style="2" customWidth="1"/>
     <col min="516" max="517" width="17.42578125" style="2" customWidth="1"/>
     <col min="518" max="518" width="16.42578125" style="2" customWidth="1"/>
     <col min="519" max="768" width="12.42578125" style="2" customWidth="1"/>
     <col min="769" max="769" width="18.42578125" style="2" customWidth="1"/>
     <col min="770" max="770" width="13.85546875" style="2" customWidth="1"/>
     <col min="771" max="771" width="65.140625" style="2" customWidth="1"/>
     <col min="772" max="773" width="17.42578125" style="2" customWidth="1"/>
     <col min="774" max="774" width="16.42578125" style="2" customWidth="1"/>
     <col min="775" max="1025" width="12.42578125" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="34" t="s">
         <v>72</v>
       </c>
       <c r="C1" s="35"/>
       <c r="D1" s="35"/>
       <c r="E1" s="35"/>
       <c r="F1" s="35"/>
     </row>
     <row r="2" spans="1:6" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="241" t="s">
+      <c r="A2" s="242" t="s">
         <v>84</v>
       </c>
-      <c r="B2" s="241"/>
-[...2 lines deleted...]
-      <c r="E2" s="241"/>
+      <c r="B2" s="242"/>
+      <c r="C2" s="242"/>
+      <c r="D2" s="242"/>
+      <c r="E2" s="242"/>
       <c r="F2" s="35"/>
     </row>
     <row r="3" spans="1:6" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="245" t="str">
+      <c r="A3" s="246" t="str">
         <f>'Custo do Curso'!B5</f>
         <v>Nome Projeto</v>
       </c>
-      <c r="B3" s="246"/>
-[...2 lines deleted...]
-      <c r="E3" s="247"/>
+      <c r="B3" s="247"/>
+      <c r="C3" s="247"/>
+      <c r="D3" s="247"/>
+      <c r="E3" s="248"/>
       <c r="F3" s="35"/>
     </row>
     <row r="4" spans="1:6" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="245"/>
-[...3 lines deleted...]
-      <c r="E4" s="247"/>
+      <c r="A4" s="246"/>
+      <c r="B4" s="247"/>
+      <c r="C4" s="247"/>
+      <c r="D4" s="247"/>
+      <c r="E4" s="248"/>
     </row>
     <row r="5" spans="1:6" s="28" customFormat="1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A5" s="252" t="s">
+      <c r="A5" s="253" t="s">
         <v>85</v>
       </c>
-      <c r="B5" s="252"/>
-[...2 lines deleted...]
-      <c r="E5" s="252"/>
+      <c r="B5" s="253"/>
+      <c r="C5" s="253"/>
+      <c r="D5" s="253"/>
+      <c r="E5" s="253"/>
     </row>
     <row r="6" spans="1:6" s="28" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A6" s="29" t="s">
         <v>102</v>
       </c>
-      <c r="B6" s="259" t="s">
+      <c r="B6" s="260" t="s">
         <v>91</v>
       </c>
-      <c r="C6" s="260"/>
-      <c r="D6" s="261"/>
+      <c r="C6" s="261"/>
+      <c r="D6" s="262"/>
       <c r="E6" s="30" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="33">
         <v>1</v>
       </c>
-      <c r="B7" s="256" t="s">
+      <c r="B7" s="257" t="s">
         <v>275</v>
       </c>
-      <c r="C7" s="257"/>
-      <c r="D7" s="258"/>
+      <c r="C7" s="258"/>
+      <c r="D7" s="259"/>
       <c r="E7" s="39"/>
     </row>
     <row r="8" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="33">
         <v>2</v>
       </c>
-      <c r="B8" s="256" t="s">
+      <c r="B8" s="257" t="s">
         <v>291</v>
       </c>
-      <c r="C8" s="257"/>
-      <c r="D8" s="258"/>
+      <c r="C8" s="258"/>
+      <c r="D8" s="259"/>
       <c r="E8" s="39"/>
     </row>
     <row r="9" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="33">
         <v>3</v>
       </c>
-      <c r="B9" s="256"/>
-[...1 lines deleted...]
-      <c r="D9" s="258"/>
+      <c r="B9" s="257"/>
+      <c r="C9" s="258"/>
+      <c r="D9" s="259"/>
       <c r="E9" s="39"/>
     </row>
     <row r="10" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="33">
         <v>4</v>
       </c>
-      <c r="B10" s="256"/>
-[...1 lines deleted...]
-      <c r="D10" s="258"/>
+      <c r="B10" s="257"/>
+      <c r="C10" s="258"/>
+      <c r="D10" s="259"/>
       <c r="E10" s="39"/>
     </row>
     <row r="11" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="33">
         <v>5</v>
       </c>
-      <c r="B11" s="256"/>
-[...1 lines deleted...]
-      <c r="D11" s="258"/>
+      <c r="B11" s="257"/>
+      <c r="C11" s="258"/>
+      <c r="D11" s="259"/>
       <c r="E11" s="39"/>
     </row>
     <row r="12" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="33">
         <v>6</v>
       </c>
-      <c r="B12" s="256"/>
-[...1 lines deleted...]
-      <c r="D12" s="258"/>
+      <c r="B12" s="257"/>
+      <c r="C12" s="258"/>
+      <c r="D12" s="259"/>
       <c r="E12" s="39"/>
     </row>
     <row r="13" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="33">
         <v>7</v>
       </c>
-      <c r="B13" s="256"/>
-[...1 lines deleted...]
-      <c r="D13" s="258"/>
+      <c r="B13" s="257"/>
+      <c r="C13" s="258"/>
+      <c r="D13" s="259"/>
       <c r="E13" s="39"/>
     </row>
     <row r="14" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="33">
         <v>8</v>
       </c>
-      <c r="B14" s="256"/>
-[...1 lines deleted...]
-      <c r="D14" s="258"/>
+      <c r="B14" s="257"/>
+      <c r="C14" s="258"/>
+      <c r="D14" s="259"/>
       <c r="E14" s="39"/>
     </row>
     <row r="15" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="33">
         <v>9</v>
       </c>
-      <c r="B15" s="256"/>
-[...1 lines deleted...]
-      <c r="D15" s="258"/>
+      <c r="B15" s="257"/>
+      <c r="C15" s="258"/>
+      <c r="D15" s="259"/>
       <c r="E15" s="39"/>
     </row>
     <row r="16" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="33">
         <v>10</v>
       </c>
-      <c r="B16" s="256"/>
-[...1 lines deleted...]
-      <c r="D16" s="258"/>
+      <c r="B16" s="257"/>
+      <c r="C16" s="258"/>
+      <c r="D16" s="259"/>
       <c r="E16" s="39"/>
     </row>
     <row r="17" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A17" s="262" t="s">
+      <c r="A17" s="263" t="s">
         <v>90</v>
       </c>
-      <c r="B17" s="263"/>
-[...1 lines deleted...]
-      <c r="D17" s="264"/>
+      <c r="B17" s="264"/>
+      <c r="C17" s="264"/>
+      <c r="D17" s="265"/>
       <c r="E17" s="144">
         <f>SUM(E7:E16)</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="128"/>
       <c r="B18" s="154"/>
       <c r="C18" s="154"/>
       <c r="D18" s="154"/>
       <c r="E18" s="155"/>
     </row>
     <row r="19" spans="1:7" ht="18" x14ac:dyDescent="0.25">
-      <c r="A19" s="252" t="s">
+      <c r="A19" s="253" t="s">
         <v>87</v>
       </c>
-      <c r="B19" s="252"/>
-[...2 lines deleted...]
-      <c r="E19" s="252"/>
+      <c r="B19" s="253"/>
+      <c r="C19" s="253"/>
+      <c r="D19" s="253"/>
+      <c r="E19" s="253"/>
       <c r="F19" s="156" t="s">
         <v>88</v>
       </c>
       <c r="G19" s="157" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A20" s="158" t="s">
         <v>102</v>
       </c>
-      <c r="B20" s="267" t="s">
+      <c r="B20" s="268" t="s">
         <v>91</v>
       </c>
-      <c r="C20" s="268"/>
-      <c r="D20" s="269"/>
+      <c r="C20" s="269"/>
+      <c r="D20" s="270"/>
       <c r="E20" s="159" t="s">
         <v>86</v>
       </c>
       <c r="F20" s="160">
         <f>'Custo do Curso'!C44</f>
         <v>0</v>
       </c>
       <c r="G20" s="161">
         <f>'Custo do Curso'!H49</f>
-        <v>0</v>
+        <v>-199</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="31">
         <v>1</v>
       </c>
-      <c r="B21" s="256" t="s">
+      <c r="B21" s="257" t="s">
         <v>275</v>
       </c>
-      <c r="C21" s="257"/>
-      <c r="D21" s="258"/>
+      <c r="C21" s="258"/>
+      <c r="D21" s="259"/>
       <c r="E21" s="39">
         <f>F20</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="31">
         <v>2</v>
       </c>
-      <c r="B22" s="256"/>
-[...1 lines deleted...]
-      <c r="D22" s="258"/>
+      <c r="B22" s="257"/>
+      <c r="C22" s="258"/>
+      <c r="D22" s="259"/>
       <c r="E22" s="39"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="31">
         <v>3</v>
       </c>
-      <c r="B23" s="256"/>
-[...1 lines deleted...]
-      <c r="D23" s="258"/>
+      <c r="B23" s="257"/>
+      <c r="C23" s="258"/>
+      <c r="D23" s="259"/>
       <c r="E23" s="39"/>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="31">
         <v>4</v>
       </c>
-      <c r="B24" s="256"/>
-[...1 lines deleted...]
-      <c r="D24" s="258"/>
+      <c r="B24" s="257"/>
+      <c r="C24" s="258"/>
+      <c r="D24" s="259"/>
       <c r="E24" s="39"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="31">
         <v>5</v>
       </c>
-      <c r="B25" s="256"/>
-[...1 lines deleted...]
-      <c r="D25" s="258"/>
+      <c r="B25" s="257"/>
+      <c r="C25" s="258"/>
+      <c r="D25" s="259"/>
       <c r="E25" s="39"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="31">
         <v>6</v>
       </c>
-      <c r="B26" s="256"/>
-[...1 lines deleted...]
-      <c r="D26" s="258"/>
+      <c r="B26" s="257"/>
+      <c r="C26" s="258"/>
+      <c r="D26" s="259"/>
       <c r="E26" s="39"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="31">
         <v>7</v>
       </c>
-      <c r="B27" s="256"/>
-[...1 lines deleted...]
-      <c r="D27" s="258"/>
+      <c r="B27" s="257"/>
+      <c r="C27" s="258"/>
+      <c r="D27" s="259"/>
       <c r="E27" s="39"/>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="31">
         <v>8</v>
       </c>
-      <c r="B28" s="256"/>
-[...1 lines deleted...]
-      <c r="D28" s="258"/>
+      <c r="B28" s="257"/>
+      <c r="C28" s="258"/>
+      <c r="D28" s="259"/>
       <c r="E28" s="39"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="31">
         <v>9</v>
       </c>
-      <c r="B29" s="256"/>
-[...1 lines deleted...]
-      <c r="D29" s="258"/>
+      <c r="B29" s="257"/>
+      <c r="C29" s="258"/>
+      <c r="D29" s="259"/>
       <c r="E29" s="39"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="31">
         <v>10</v>
       </c>
-      <c r="B30" s="256"/>
-[...1 lines deleted...]
-      <c r="D30" s="258"/>
+      <c r="B30" s="257"/>
+      <c r="C30" s="258"/>
+      <c r="D30" s="259"/>
       <c r="E30" s="39"/>
     </row>
     <row r="31" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A31" s="254" t="s">
+      <c r="A31" s="255" t="s">
         <v>90</v>
       </c>
-      <c r="B31" s="254"/>
-[...1 lines deleted...]
-      <c r="D31" s="254"/>
+      <c r="B31" s="255"/>
+      <c r="C31" s="255"/>
+      <c r="D31" s="255"/>
       <c r="E31" s="162">
         <f>SUM(E21:E30)</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="128"/>
       <c r="B32" s="154"/>
       <c r="C32" s="154"/>
       <c r="D32" s="154"/>
       <c r="E32" s="155"/>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A33" s="266" t="s">
+      <c r="A33" s="267" t="s">
         <v>250</v>
       </c>
-      <c r="B33" s="266"/>
-[...2 lines deleted...]
-      <c r="E33" s="266"/>
+      <c r="B33" s="267"/>
+      <c r="C33" s="267"/>
+      <c r="D33" s="267"/>
+      <c r="E33" s="267"/>
     </row>
     <row r="34" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A34" s="255"/>
-[...1 lines deleted...]
-      <c r="C34" s="255"/>
+      <c r="A34" s="256"/>
+      <c r="B34" s="256"/>
+      <c r="C34" s="256"/>
     </row>
     <row r="35" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A35" s="265"/>
-[...1 lines deleted...]
-      <c r="C35" s="265"/>
+      <c r="A35" s="266"/>
+      <c r="B35" s="266"/>
+      <c r="C35" s="266"/>
     </row>
     <row r="36" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A36" s="28"/>
     </row>
     <row r="37" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A37" s="28"/>
     </row>
     <row r="38" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="28"/>
     </row>
     <row r="39" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="28"/>
     </row>
     <row r="41" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A41" s="28"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="32">
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A19:E19"/>
     <mergeCell ref="A35:C35"/>
     <mergeCell ref="A33:E33"/>
     <mergeCell ref="B20:D20"/>
@@ -16002,88 +16002,88 @@
     <col min="7" max="256" width="12.42578125" style="2" customWidth="1"/>
     <col min="257" max="257" width="18.42578125" style="2" customWidth="1"/>
     <col min="258" max="258" width="13.85546875" style="2" customWidth="1"/>
     <col min="259" max="259" width="65.140625" style="2" customWidth="1"/>
     <col min="260" max="261" width="17.42578125" style="2" customWidth="1"/>
     <col min="262" max="262" width="16.42578125" style="2" customWidth="1"/>
     <col min="263" max="512" width="12.42578125" style="2" customWidth="1"/>
     <col min="513" max="513" width="18.42578125" style="2" customWidth="1"/>
     <col min="514" max="514" width="13.85546875" style="2" customWidth="1"/>
     <col min="515" max="515" width="65.140625" style="2" customWidth="1"/>
     <col min="516" max="517" width="17.42578125" style="2" customWidth="1"/>
     <col min="518" max="518" width="16.42578125" style="2" customWidth="1"/>
     <col min="519" max="768" width="12.42578125" style="2" customWidth="1"/>
     <col min="769" max="769" width="18.42578125" style="2" customWidth="1"/>
     <col min="770" max="770" width="13.85546875" style="2" customWidth="1"/>
     <col min="771" max="771" width="65.140625" style="2" customWidth="1"/>
     <col min="772" max="773" width="17.42578125" style="2" customWidth="1"/>
     <col min="774" max="774" width="16.42578125" style="2" customWidth="1"/>
     <col min="775" max="1025" width="12.42578125" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F1" s="35"/>
     </row>
     <row r="2" spans="1:6" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="241" t="s">
+      <c r="A2" s="242" t="s">
         <v>92</v>
       </c>
-      <c r="B2" s="241"/>
-[...2 lines deleted...]
-      <c r="E2" s="241"/>
+      <c r="B2" s="242"/>
+      <c r="C2" s="242"/>
+      <c r="D2" s="242"/>
+      <c r="E2" s="242"/>
       <c r="F2" s="35"/>
     </row>
     <row r="3" spans="1:6" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="271" t="str">
+      <c r="A3" s="272" t="str">
         <f>'Custo do Curso'!B5</f>
         <v>Nome Projeto</v>
       </c>
-      <c r="B3" s="272"/>
-[...2 lines deleted...]
-      <c r="E3" s="273"/>
+      <c r="B3" s="273"/>
+      <c r="C3" s="273"/>
+      <c r="D3" s="273"/>
+      <c r="E3" s="274"/>
       <c r="F3" s="35"/>
     </row>
     <row r="4" spans="1:6" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="245" t="s">
+      <c r="A4" s="246" t="s">
         <v>380</v>
       </c>
-      <c r="B4" s="246"/>
-[...2 lines deleted...]
-      <c r="E4" s="247"/>
+      <c r="B4" s="247"/>
+      <c r="C4" s="247"/>
+      <c r="D4" s="247"/>
+      <c r="E4" s="248"/>
       <c r="F4" s="143"/>
     </row>
     <row r="5" spans="1:6" s="28" customFormat="1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A5" s="252" t="s">
+      <c r="A5" s="253" t="s">
         <v>93</v>
       </c>
-      <c r="B5" s="252"/>
-[...2 lines deleted...]
-      <c r="E5" s="252"/>
+      <c r="B5" s="253"/>
+      <c r="C5" s="253"/>
+      <c r="D5" s="253"/>
+      <c r="E5" s="253"/>
     </row>
     <row r="6" spans="1:6" s="28" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A6" s="30" t="s">
         <v>94</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>95</v>
       </c>
       <c r="C6" s="163" t="s">
         <v>457</v>
       </c>
       <c r="D6" s="30" t="s">
         <v>96</v>
       </c>
       <c r="E6" s="30" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="7" spans="1:6" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="141" t="s">
         <v>48</v>
       </c>
       <c r="B7" s="33" t="s">
         <v>431</v>
       </c>
@@ -16123,76 +16123,76 @@
       <c r="D9" s="39">
         <v>335</v>
       </c>
       <c r="E9" s="37">
         <f>C9*D9</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="141" t="s">
         <v>98</v>
       </c>
       <c r="B10" s="33" t="s">
         <v>432</v>
       </c>
       <c r="C10" s="179"/>
       <c r="D10" s="39">
         <v>335</v>
       </c>
       <c r="E10" s="37">
         <f>C10*D10</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:6" s="14" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A11" s="244" t="s">
+      <c r="A11" s="245" t="s">
         <v>68</v>
       </c>
-      <c r="B11" s="244"/>
-[...1 lines deleted...]
-      <c r="D11" s="244"/>
+      <c r="B11" s="245"/>
+      <c r="C11" s="245"/>
+      <c r="D11" s="245"/>
       <c r="E11" s="144">
         <f>SUM(E7:E10)</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:6" s="2" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A12" s="270"/>
-[...2 lines deleted...]
-      <c r="D12" s="270"/>
+      <c r="A12" s="271"/>
+      <c r="B12" s="271"/>
+      <c r="C12" s="271"/>
+      <c r="D12" s="271"/>
       <c r="E12" s="164"/>
     </row>
     <row r="13" spans="1:6" ht="18" x14ac:dyDescent="0.25">
-      <c r="A13" s="252" t="s">
+      <c r="A13" s="253" t="s">
         <v>99</v>
       </c>
-      <c r="B13" s="252"/>
-[...2 lines deleted...]
-      <c r="E13" s="252"/>
+      <c r="B13" s="253"/>
+      <c r="C13" s="253"/>
+      <c r="D13" s="253"/>
+      <c r="E13" s="253"/>
     </row>
     <row r="14" spans="1:6" s="154" customFormat="1" ht="31.5" x14ac:dyDescent="0.2">
       <c r="A14" s="30" t="s">
         <v>94</v>
       </c>
       <c r="B14" s="30" t="s">
         <v>95</v>
       </c>
       <c r="C14" s="163" t="s">
         <v>457</v>
       </c>
       <c r="D14" s="30" t="s">
         <v>96</v>
       </c>
       <c r="E14" s="30" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="141" t="s">
         <v>48</v>
       </c>
       <c r="B15" s="33" t="s">
         <v>97</v>
       </c>
@@ -16200,56 +16200,56 @@
       <c r="D15" s="39">
         <v>1062</v>
       </c>
       <c r="E15" s="37">
         <f>C15*D15</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="141" t="s">
         <v>98</v>
       </c>
       <c r="B16" s="33" t="s">
         <v>97</v>
       </c>
       <c r="C16" s="179"/>
       <c r="D16" s="39">
         <v>1062</v>
       </c>
       <c r="E16" s="37">
         <f>C16*D16</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A17" s="244" t="s">
+      <c r="A17" s="245" t="s">
         <v>68</v>
       </c>
-      <c r="B17" s="244"/>
-[...1 lines deleted...]
-      <c r="D17" s="244"/>
+      <c r="B17" s="245"/>
+      <c r="C17" s="245"/>
+      <c r="D17" s="245"/>
       <c r="E17" s="144">
         <f>SUM(E15:E16)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="183" t="s">
         <v>430</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="bG+8vmgYvkqhI/bo6wqP5qEnRKgstRCA6ofVr8VGC/bn3psc5n8Xq3TPYweLaDp74R5PWqh/R67pciRpoGFauA==" saltValue="LeyfDFblLz/1Zy3uS3+UsQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange sqref="C15:D16" name="Intervalo2"/>
     <protectedRange sqref="C7:C10" name="Intervalo1"/>
   </protectedRanges>
   <mergeCells count="8">
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A2:E2"/>
@@ -16294,78 +16294,78 @@
     <col min="511" max="511" width="17" style="2" customWidth="1"/>
     <col min="512" max="512" width="13.85546875" style="2" customWidth="1"/>
     <col min="513" max="513" width="65.140625" style="2" customWidth="1"/>
     <col min="514" max="515" width="17.42578125" style="2" customWidth="1"/>
     <col min="516" max="516" width="16.42578125" style="2" customWidth="1"/>
     <col min="517" max="766" width="12.42578125" style="2" customWidth="1"/>
     <col min="767" max="767" width="17" style="2" customWidth="1"/>
     <col min="768" max="768" width="13.85546875" style="2" customWidth="1"/>
     <col min="769" max="769" width="65.140625" style="2" customWidth="1"/>
     <col min="770" max="771" width="17.42578125" style="2" customWidth="1"/>
     <col min="772" max="772" width="16.42578125" style="2" customWidth="1"/>
     <col min="773" max="1022" width="12.42578125" style="2" customWidth="1"/>
     <col min="1023" max="1023" width="17" style="2" customWidth="1"/>
     <col min="1024" max="1025" width="13.85546875" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="34" t="s">
         <v>72</v>
       </c>
       <c r="B1" s="128"/>
       <c r="C1" s="35"/>
       <c r="D1" s="35"/>
     </row>
     <row r="2" spans="1:4" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="241" t="s">
+      <c r="A2" s="242" t="s">
         <v>100</v>
       </c>
-      <c r="B2" s="241"/>
-      <c r="C2" s="241"/>
+      <c r="B2" s="242"/>
+      <c r="C2" s="242"/>
       <c r="D2" s="35"/>
     </row>
     <row r="3" spans="1:4" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="274" t="str">
+      <c r="A3" s="275" t="str">
         <f>'Custo do Curso'!B5</f>
         <v>Nome Projeto</v>
       </c>
-      <c r="B3" s="274"/>
-      <c r="C3" s="274"/>
+      <c r="B3" s="275"/>
+      <c r="C3" s="275"/>
       <c r="D3" s="35"/>
     </row>
     <row r="4" spans="1:4" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="245"/>
-[...1 lines deleted...]
-      <c r="C4" s="247"/>
+      <c r="A4" s="246"/>
+      <c r="B4" s="247"/>
+      <c r="C4" s="248"/>
       <c r="D4" s="143"/>
     </row>
     <row r="5" spans="1:4" s="28" customFormat="1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A5" s="252" t="s">
+      <c r="A5" s="253" t="s">
         <v>101</v>
       </c>
-      <c r="B5" s="252"/>
-      <c r="C5" s="252"/>
+      <c r="B5" s="253"/>
+      <c r="C5" s="253"/>
     </row>
     <row r="6" spans="1:4" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="165" t="s">
         <v>102</v>
       </c>
       <c r="B6" s="166" t="s">
         <v>103</v>
       </c>
       <c r="C6" s="167" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="33">
         <v>1</v>
       </c>
       <c r="B7" s="40" t="s">
         <v>164</v>
       </c>
       <c r="C7" s="39"/>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="33">
         <v>2</v>
       </c>
@@ -16439,68 +16439,68 @@
       <c r="B17" s="40"/>
       <c r="C17" s="39"/>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="33">
         <v>12</v>
       </c>
       <c r="B18" s="40"/>
       <c r="C18" s="39"/>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="33">
         <v>13</v>
       </c>
       <c r="B19" s="40"/>
       <c r="C19" s="39"/>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="33">
         <v>14</v>
       </c>
       <c r="B20" s="40"/>
       <c r="C20" s="39"/>
     </row>
     <row r="21" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A21" s="275" t="s">
+      <c r="A21" s="276" t="s">
         <v>68</v>
       </c>
-      <c r="B21" s="275"/>
+      <c r="B21" s="276"/>
       <c r="C21" s="168">
         <f>SUM(C7:C20)</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:3" s="2" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="B22" s="154"/>
     </row>
     <row r="23" spans="1:3" s="2" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="276" t="s">
+      <c r="A23" s="277" t="s">
         <v>104</v>
       </c>
-      <c r="B23" s="276"/>
-      <c r="C23" s="276"/>
+      <c r="B23" s="277"/>
+      <c r="C23" s="277"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A5:C5"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A23:C23"/>
     <mergeCell ref="A4:C4"/>
   </mergeCells>
   <pageMargins left="0.51180555555555496" right="0.51180555555555496" top="0.78749999999999998" bottom="0.78749999999999998" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" scale="73" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0600-000000000000}">
           <x14:formula1>
             <xm:f>'Consumo - especificação'!$C$5:$C$30</xm:f>
           </x14:formula1>
           <x14:formula2>
             <xm:f>0</xm:f>
           </x14:formula2>
           <xm:sqref>B7:B20</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
@@ -16523,151 +16523,151 @@
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="15.85546875" style="2" customWidth="1"/>
     <col min="3" max="4" width="19.140625" style="2" customWidth="1"/>
     <col min="5" max="5" width="17.85546875" style="2" customWidth="1"/>
     <col min="6" max="6" width="23" style="2" customWidth="1"/>
     <col min="7" max="7" width="26.42578125" style="2" customWidth="1"/>
     <col min="8" max="8" width="17.140625" style="2" customWidth="1"/>
     <col min="9" max="9" width="16" style="2" customWidth="1"/>
     <col min="10" max="10" width="13.42578125" style="2" customWidth="1"/>
     <col min="11" max="11" width="16.85546875" style="2" customWidth="1"/>
     <col min="12" max="1024" width="9.140625" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="34" t="s">
         <v>72</v>
       </c>
       <c r="C1" s="35"/>
       <c r="D1" s="35"/>
       <c r="E1" s="35"/>
       <c r="F1" s="35"/>
     </row>
     <row r="2" spans="1:10" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="241" t="s">
+      <c r="A2" s="242" t="s">
         <v>449</v>
       </c>
-      <c r="B2" s="241"/>
-[...7 lines deleted...]
-      <c r="J2" s="241"/>
+      <c r="B2" s="242"/>
+      <c r="C2" s="242"/>
+      <c r="D2" s="242"/>
+      <c r="E2" s="242"/>
+      <c r="F2" s="242"/>
+      <c r="G2" s="242"/>
+      <c r="H2" s="242"/>
+      <c r="I2" s="242"/>
+      <c r="J2" s="242"/>
     </row>
     <row r="3" spans="1:10" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="274" t="str">
+      <c r="A3" s="275" t="str">
         <f>'Custo do Curso'!B5</f>
         <v>Nome Projeto</v>
       </c>
-      <c r="B3" s="274"/>
-[...7 lines deleted...]
-      <c r="J3" s="274"/>
+      <c r="B3" s="275"/>
+      <c r="C3" s="275"/>
+      <c r="D3" s="275"/>
+      <c r="E3" s="275"/>
+      <c r="F3" s="275"/>
+      <c r="G3" s="275"/>
+      <c r="H3" s="275"/>
+      <c r="I3" s="275"/>
+      <c r="J3" s="275"/>
     </row>
     <row r="4" spans="1:10" s="28" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="245"/>
-[...8 lines deleted...]
-      <c r="J4" s="247"/>
+      <c r="A4" s="246"/>
+      <c r="B4" s="247"/>
+      <c r="C4" s="247"/>
+      <c r="D4" s="247"/>
+      <c r="E4" s="247"/>
+      <c r="F4" s="247"/>
+      <c r="G4" s="247"/>
+      <c r="H4" s="247"/>
+      <c r="I4" s="247"/>
+      <c r="J4" s="248"/>
     </row>
     <row r="5" spans="1:10" ht="18" x14ac:dyDescent="0.25">
-      <c r="A5" s="252" t="s">
+      <c r="A5" s="253" t="s">
         <v>450</v>
       </c>
-      <c r="B5" s="252"/>
-[...7 lines deleted...]
-      <c r="J5" s="252"/>
+      <c r="B5" s="253"/>
+      <c r="C5" s="253"/>
+      <c r="D5" s="253"/>
+      <c r="E5" s="253"/>
+      <c r="F5" s="253"/>
+      <c r="G5" s="253"/>
+      <c r="H5" s="253"/>
+      <c r="I5" s="253"/>
+      <c r="J5" s="253"/>
     </row>
     <row r="6" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="277" t="s">
+      <c r="A6" s="278" t="s">
         <v>458</v>
       </c>
-      <c r="B6" s="277" t="s">
+      <c r="B6" s="278" t="s">
         <v>451</v>
       </c>
-      <c r="C6" s="278" t="s">
+      <c r="C6" s="279" t="s">
         <v>105</v>
       </c>
-      <c r="D6" s="278"/>
-[...2 lines deleted...]
-      <c r="G6" s="278" t="s">
+      <c r="D6" s="279"/>
+      <c r="E6" s="279"/>
+      <c r="F6" s="279"/>
+      <c r="G6" s="279" t="s">
         <v>106</v>
       </c>
-      <c r="H6" s="278"/>
-[...1 lines deleted...]
-      <c r="J6" s="277" t="s">
+      <c r="H6" s="279"/>
+      <c r="I6" s="279"/>
+      <c r="J6" s="278" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="277"/>
-      <c r="B7" s="277"/>
+      <c r="A7" s="278"/>
+      <c r="B7" s="278"/>
       <c r="C7" s="111" t="s">
         <v>108</v>
       </c>
       <c r="D7" s="111" t="s">
         <v>109</v>
       </c>
       <c r="E7" s="111" t="s">
         <v>110</v>
       </c>
       <c r="F7" s="111" t="s">
         <v>111</v>
       </c>
       <c r="G7" s="111" t="s">
         <v>245</v>
       </c>
       <c r="H7" s="111" t="s">
         <v>246</v>
       </c>
       <c r="I7" s="111" t="s">
         <v>247</v>
       </c>
-      <c r="J7" s="277"/>
+      <c r="J7" s="278"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A8" s="33" t="s">
         <v>381</v>
       </c>
       <c r="B8" s="169"/>
       <c r="C8" s="33"/>
       <c r="D8" s="169"/>
       <c r="E8" s="79"/>
       <c r="F8" s="41">
         <f>B8*D8*E8</f>
         <v>0</v>
       </c>
       <c r="G8" s="33"/>
       <c r="H8" s="79"/>
       <c r="I8" s="41">
         <f>B8*D8*G8*H8</f>
         <v>0</v>
       </c>
       <c r="J8" s="37">
         <f t="shared" ref="J8:J11" si="0">F8+I8</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.25">
@@ -16735,57 +16735,57 @@
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A12" s="33"/>
       <c r="B12" s="33"/>
       <c r="C12" s="33"/>
       <c r="D12" s="33"/>
       <c r="E12" s="79"/>
       <c r="F12" s="41">
         <f>B12*D12*E12</f>
         <v>0</v>
       </c>
       <c r="G12" s="33"/>
       <c r="H12" s="79"/>
       <c r="I12" s="41">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="J12" s="37">
         <f t="shared" ref="J12" si="2">F12+I12</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A13" s="278" t="s">
+      <c r="A13" s="279" t="s">
         <v>68</v>
       </c>
-      <c r="B13" s="278"/>
-[...2 lines deleted...]
-      <c r="E13" s="278"/>
+      <c r="B13" s="279"/>
+      <c r="C13" s="279"/>
+      <c r="D13" s="279"/>
+      <c r="E13" s="279"/>
       <c r="F13" s="38">
         <f>SUM(F8:F12)</f>
         <v>0</v>
       </c>
       <c r="G13" s="38"/>
       <c r="H13" s="38"/>
       <c r="I13" s="38">
         <f>SUM(I8:I12)</f>
         <v>0</v>
       </c>
       <c r="J13" s="38">
         <f>SUM(J8:J12)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="bOzJTs4dTLEy5d+cMHV8cIFOYk8TvdpMjKl5sRJSEHvVwenUpaicGd1NhqGaZy2esBjgEKuKZnYn2aTsvE+frw==" saltValue="sHQyRNZv38d8pj5nia4XQg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange sqref="G8:H12" name="Intervalo2"/>
     <protectedRange sqref="A8:E12" name="Intervalo1"/>
   </protectedRanges>
   <mergeCells count="10">
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
@@ -16801,78 +16801,78 @@
   <pageSetup paperSize="9" scale="48" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A7BB4B13-A32B-5849-83C6-C97171F92C9C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:F15"/>
   <sheetViews>
     <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="75.85546875" customWidth="1"/>
     <col min="2" max="2" width="27" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="25.85546875" customWidth="1"/>
     <col min="5" max="5" width="75.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="279" t="s">
+      <c r="A2" s="280" t="s">
         <v>455</v>
       </c>
-      <c r="B2" s="280"/>
-[...2 lines deleted...]
-      <c r="E2" s="281"/>
+      <c r="B2" s="281"/>
+      <c r="C2" s="281"/>
+      <c r="D2" s="281"/>
+      <c r="E2" s="282"/>
       <c r="F2" s="35"/>
     </row>
     <row r="3" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="245" t="str">
+      <c r="A3" s="246" t="str">
         <f>'Custo do Curso'!B5</f>
         <v>Nome Projeto</v>
       </c>
-      <c r="B3" s="246"/>
-[...2 lines deleted...]
-      <c r="E3" s="247"/>
+      <c r="B3" s="247"/>
+      <c r="C3" s="247"/>
+      <c r="D3" s="247"/>
+      <c r="E3" s="248"/>
       <c r="F3" s="28"/>
     </row>
     <row r="5" spans="1:6" ht="18" x14ac:dyDescent="0.25">
-      <c r="A5" s="252" t="s">
+      <c r="A5" s="253" t="s">
         <v>113</v>
       </c>
-      <c r="B5" s="252"/>
-[...2 lines deleted...]
-      <c r="E5" s="252"/>
+      <c r="B5" s="253"/>
+      <c r="C5" s="253"/>
+      <c r="D5" s="253"/>
+      <c r="E5" s="253"/>
     </row>
     <row r="6" spans="1:6" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A6" s="170" t="s">
         <v>114</v>
       </c>
       <c r="B6" s="170" t="s">
         <v>434</v>
       </c>
       <c r="C6" s="185" t="s">
         <v>435</v>
       </c>
       <c r="D6" s="171" t="s">
         <v>83</v>
       </c>
       <c r="E6" s="170" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="184" t="s">
         <v>436</v>
       </c>
       <c r="B7" s="186">
         <v>2100</v>
       </c>